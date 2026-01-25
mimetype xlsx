--- v1 (2026-01-25)
+++ v2 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2382">
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Wine</t>
   </si>
   <si>
     <t>Qty</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
@@ -1617,53 +1617,50 @@
     <t>2009 Chateau Lascombes, Margaux, Bottle (750ml)</t>
   </si>
   <si>
     <t>DR93/JS93</t>
   </si>
   <si>
     <t>0515</t>
   </si>
   <si>
     <t>2005 / 2015 Chateau Latour Assortment Case, Paulliac, [3 ea 2005 Latour &amp; 3 ea 2015 Les Forts de Latour, Banded - 350 Produced], Case of 6 Bottles</t>
   </si>
   <si>
     <t>LP100/JS95</t>
   </si>
   <si>
     <t>2010 Les Forts de Latour, Pauillac, Bottle (750ml)</t>
   </si>
   <si>
     <t>RP97/LP96</t>
   </si>
   <si>
     <t>1985 Chateau Latour, Pauillac, Bottle (750ml)</t>
   </si>
   <si>
     <t>1986 Chateau Latour, Pauillac, Bottle (750ml)</t>
-  </si>
-[...1 lines deleted...]
-    <t>1986 Chateau Latour, Pauillac, Bottle (750ml) [Very Top Shoulder]</t>
   </si>
   <si>
     <t>1988 Chateau Latour, Pauillac, Bottle (750ml)</t>
   </si>
   <si>
     <t>WS96/VM95</t>
   </si>
   <si>
     <t>1989 Chateau Latour, Pauillac, Bottle (750ml)</t>
   </si>
   <si>
     <t>$620.00</t>
   </si>
   <si>
     <t>1990 Chateau Latour, Pauillac, Bottle (750ml)</t>
   </si>
   <si>
     <t>WS100/DR99/AG98/JD98</t>
   </si>
   <si>
     <t>1990 Chateau Latour, Pauillac, Bottle (750ml) [Top Shoulder]</t>
   </si>
   <si>
     <t>$975.00</t>
   </si>
@@ -7499,59 +7496,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/penfolds-grange-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ausone-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ausone-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ausone-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-chateau-ausone-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-chateau-ausone-saint-emilion-bottle-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ausone-1990-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-chateau-ausone-saint-emilion-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chateau-ausone-saint-emilion-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-chateau-ausone-saint-emilion-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-chateau-ausone-saint-emilion-case-of-3-btls-banded-late-release" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-haut-batailley-pauillac-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/beausejour-duffau-lagarrosse-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/beausejour-duffau-lagarrosse-1990-750ml-glue-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/beausejour-duffau-lagarrosse-1990-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-duffau-lagarrosse-chateau-beausejour-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-duffau-lagarrosse-chateau-beausejour-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-chateau-belair-monange-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-chateau-belair-monange-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bellevue-mondotte-2005-750ml-only-340-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bellevue-mondotte-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-bellevue-mondotte-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/beychevelle-1989-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-chateau-beychevelle-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-beychevelle-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-bon-pasteur-1982-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-chateau-le-bon-pasteur-pomerol-bottle-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-chateau-le-bon-pasteur-pomerol-bottle-750ml-high-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-branaire-ducru-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/branaire-ducru-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-brane-cantenac-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-chateau-branon-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/canon-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-canon-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-les-carmes-haut-brion-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-les-carmes-haut-brion-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-certan-de-may-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-1985-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1985-chateau-cheval-blanc-saint-emilion-bottle-750ml-high-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-1988-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-1993-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2000-750ml-wine-stained-label-from-broken-bottle" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-1998-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-domaine-de-chevalier-rouge-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bordeaux-wine-gift-set" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clos-fourtet-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-clos-fourtet-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-clos-fourtet-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-clos-fourtet-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-clos-fourtet-saint-emilion-grand-cru-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-clos-fourtet-saint-emilion-grand-cru-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-clos-fourtet-saint-emilion-grand-cru-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/canon-la-gaffeliere-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-canon-la-gaffeliere-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-canon-la-gaffeliere-saint-emilion-grand-cru-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clinet-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clinet-1989-750ml-slightly-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clinet-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clinet-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clinet-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-clinet-pomerol-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-clinet-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/calon-segur-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1982-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1985-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1985-750ml-tl-bsl" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1985-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1986-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1986-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1993-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-chateau-cos-destournel-saint-estephe-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chateau-cos-destournel-saint-estephe-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-cos-destournel-saint-estephe-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1996-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1989-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1989-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1995-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/duhart-milon-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dyquem-2001-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/figeac-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2003-chateau-figeac-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-figeac-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1995-chateau-figeac-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1995-chateau-figeac-saint-emilion-grand-cru-magnum-1-5l-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-la-gaffeliere-st-emilion-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/grand-puy-lacoste-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-grand-puy-lacoste-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-grand-puy-lacoste-pauillac-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-gracia-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gruaud-larose-1982-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gruaud-larose-1982-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-gruaud-larose-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-gruaud-larose-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-gruaud-larose-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-gruaud-larose-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-gruaud-larose-saint-julien-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gruaud-larose-1982-12-pack-oc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-gruaud-larose-saint-julien-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-haut-bailly-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-chateau-haut-bailly-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-haut-bailly-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-haut-bailly-pessac-leognan-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-haut-bailly-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-haut-bailly-cru-classe-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-haut-bailly-cru-classe-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-haut-bailly-cru-classe-pessac-leognan-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hosanna-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-hosanna-pomerol-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hosanna-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-chateau-hosanna-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-hosanna-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1995-le-bahans-du-chateau-haut-brion-2nd-wine-of-haut-brion-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1995-le-bahans-du-chateau-haut-brion-2nd-wine-of-haut-brion-pessac-leognan-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-la-clarte-de-haut-brion-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-la-clarte-de-haut-brion-pessac-leognan-bottle-750ml-2nd-white-wine-of-haut-brion" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-la-clarte-de-haut-brion-pessac-leognan-bottle-750ml-2nd-white-wine-of-haut-brion" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-la-clarte-de-haut-brion-pessac-leognan-bottle-750ml-2nd-white-wine-of-haut-brion" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-la-clarte-de-haut-brion-pessac-leognan-case-of-6-btls-2nd-white-wine-of-haut-brion" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-la-clarte-de-haut-brion-pessac-leognan-case-of-6-btls-2nd-white-wine-of-haut-brion" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2001-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-blanc-2016-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-blanc-2017-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-chateau-haut-brion-pessac-leognan-bottle-750ml-3-5cm-fill" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1984-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1986-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1986-750ml-slightly-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1987-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1988-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1989-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1991-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1992-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1993-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1996-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1997-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1993-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chateau-haut-brion-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2019-3-pack-owc-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2016-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2021-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1986-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-conseillante-1986-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-chateau-la-conseillante-pomerol-bottle-750ml-high-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-chateau-la-conseillante-pomerol-bottle-750ml-upper-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1988-chateau-la-conseillante-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-conseillante-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-chateau-la-conseillante-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-conseillante-1986-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1988-chateau-la-conseillante-pomerol-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-lafite-rothschild-assortment-case-1995-2000-2003-2009-2010-2015-pauillac-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-carruades-de-lafite-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-carruades-de-lafite-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-carruades-de-lafite-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-carruades-de-lafite-pauillac-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-carruades-de-lafite-pauillac-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-carruades-de-lafite-pauillac-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-carruades-de-lafite-pauillac-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-carruades-de-lafite-pauillac-case-of-6-magnum-chateau-direct-late-release" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2012-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-carruades-de-lafite-pauillac-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2016-6-pack-owc-750ml-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-carruades-de-lafite-pauillac-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-carruades-de-lafite-pauillac-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-carruades-de-lafite-pauillac-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-lafite-rothschild-pauillac-bottle-750ml-wine-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-lafite-rothschild-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2020-banded-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1999-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2015-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2016-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1989-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-lafite-rothschild-pauillac-d-magnum-3l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-lafite-rothschild-pauillac-d-magnum-3l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2018-3-0l-banded-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-lafite-rothschild-pauillac-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2013-3-pack-owc-1-5l-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2016-3-pack-owc-1-5l-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2020-banded-3-pack-owc-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2006-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2016-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2019-6-pack-owc-750ml-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1995-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1996-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1998-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2003-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2004-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2005-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2009-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-smith-haut-lafitte-rouge-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-chateau-lagrange-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/latour-a-pomerol-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-larcis-ducasse-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-chateau-lascombes-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/latour-assortment-case-3-latour-2005-3-les-forts-2015-6-pack-owc-750ml-banded-400-produced" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/les-forts-de-latour-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1985-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1986-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1986-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1988-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1990-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1996-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-chateau-latour-pauillac-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1989-chateau-latour-pauillac-5ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1996-6-0l-owc-1" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2002-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/latour-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2008-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/latour-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1986-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1988-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1989-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2009-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-pauillac-de-latour-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-pauillac-de-latour-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-chateau-leglise-clinet-pomerol-bottle-750ml-slightly-bin-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-leglise-clinet-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-leglise-clinet-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-leglise-clinet-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1996-chateau-leglise-clinet-pomerol-d-magnum-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1996-chateau-leglise-clinet-pomerol-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1996-chateau-leglise-clinet-pomerol-6ltr-1" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-leglise-clinet-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1996-chateau-leglise-clinet-pomerol-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1986-750ml-water-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-leoville-las-cases-grand-vin-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1982-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2004-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1996-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2005-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1989-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-1982-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-1982-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2002-chateau-leoville-barton-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-chateau-leoville-barton-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-leoville-barton-saint-julien-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-2006-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1999-chateau-leoville-poyferre-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-chateau-leoville-poyferre-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-leoville-poyferre-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-le-pin-pomerol-bottle-750ml-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-plus-de-la-fleur-de-bouard-lalande-de-pomerol-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-1990-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-1990-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-1990-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-1998-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-chateau-levangile-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-chateau-levangile-pomerol-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafleur-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafleur-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafleur-1998-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-lafleur-pomerol-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-lafleur-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-chateau-le-gay-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-gay-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-lif-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-1999-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-chateau-lynch-bages-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-chateau-lynch-bages-pauillac-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2003-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2008-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2009-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-malescot-st-exupery-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-malescot-st-exupery-margaux-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1984-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1984-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1987-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1987-chateau-margaux-margaux-bottle-750ml-very-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1993-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1997-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-chateau-margaux-margaux-magnum-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2019-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-margaux-margaux-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1996-6-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2005-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-margaux-margaux-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-margaux-margaux-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2012-6-pack-owc-750ml-chateau-direct-banded-late-release" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2016-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1999-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2011-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-chateau-margaux-margaux-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/groupe-duclot-bordeaux-collection-2010-9-pack-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-groupe-duclot-bordeaux-prestige-collection-case-case-of-9-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1999-chateau-monbousquet-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/montrose-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/montrose-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-chateau-montrose-saint-estephe-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-montrose-saint-estephe-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1986-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1986-750ml-torn-label" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-chateau-mouton-rothschild-pauillac-bottle-750ml-high-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-chateau-mouton-rothschild-pauillac-bottle-750ml-high-shoulder-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-chateau-mouton-rothschild-pauillac-bottle-750ml-upper-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1989-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1994-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1997-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-chateau-mouton-rothschild-pauillac-bottle-750ml-slightly-bin-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2006-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2018-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1995-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1973-6-0l-rare-picasso-label-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2006-6-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-chateau-mouton-rothschild-pauillac-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2003-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1993-750ml-naked-lady" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/palmer-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1990-chateau-palmer-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/palmer-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-palmer-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-palmer-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/palmer-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-palmer-margaux-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-palmer-margaux-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-palmer-margaux-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-pape-clement-blanc-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pape-clement-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pape-clement-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-chateau-pavie-decesse-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-pavie-decesse-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-macquin-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-macquin-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-pavie-macquin-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-chateau-pavie-macquin-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-petit-cheval-2nd-label-cheval-blanc-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-petit-cheval-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-petit-cheval-2nd-label-cheval-blanc-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-le-petit-cheval-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-petit-cheval-2nd-label-cheval-blanc-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-le-petit-cheval-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-le-petit-cheval-saint-emilion-grand-cru-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-le-petit-cheval-saint-emilion-grand-cru-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-le-petit-cheval-saint-emilion-grand-cru-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-la-fleur-petrus-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-fleur-petrus-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-la-fleur-petrus-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-fleur-petrus-2018-6-pack-owc-750ml-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-la-fleur-petrus-pomerol-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-1988-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2000-750mlcut-capsule" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2000-750mlslightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-petrus-pomerol-case-of-3-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2020-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2007-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2011-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2013-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2018-banded-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-chateau-pichon-longueville-baron-pauillac-bottle-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-baron-1986-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-baron-1986-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-baron-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-baron-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-baron-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1988-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1989-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1989-chateau-pichon-lalande-pauillac-bottle-750ml-high-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1995-750ml-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1996-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-pichon-lalande-pauillac-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1995-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1996-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2003-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pontet-canet-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1995-chateau-pontet-canet-pauillac-bottle-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pontet-canet-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pontet-canet-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pontet-canet-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-chateau-prieure-lichine-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/prieure-lichine-margaux-2000-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavillon-rouge-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-pavillon-rouge-du-chateau-margaux-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavillon-rouge-du-chateau-margaux-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-pavillon-rouge-du-chateau-margaux-margaux-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1983-chateau-rauzan-segla-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1983-chateau-rauzan-segla-margaux-bottle-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-chateau-rauzan-segla-margaux-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-chateau-clos-de-sarpe-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/talbot-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-chateau-tertre-roteboeuf-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/tertre-roteboeuf-2006-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-tertre-roteboeuf-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-troplong-mondot-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/trotanoy-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-chateau-trotanoy-pomerol-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2003-chateau-valandraud-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-valandraud-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/vieux-chateau-certan-1986-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/vieux-certan-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/vieux-certan-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-vieux-chateau-certan-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/vieux-chateau-certan-2015-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-vieux-chateau-certan-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-domaine-anne-francoise-gros-richebourg-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-domaine-anne-francoise-gros-richebourg-grand-cru-bottle-750ml-slightly-protruding-cork" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/anne-gros-richebourg-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-domaine-anne-gros-richebourg-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-arnaud-ente-bourgogne-blanc-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-clos-st-jacques-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-clos-st-jacques-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-clos-st-jacques-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-clos-st-jacques-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-chambertin-clos-de-beze-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-mazis-chambertin-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-mazy-chambertin-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-armand-rousseau-mazis-chambertin-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-domaine-arnoux-lachaux-chambolle-musigny-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-domaine-robert-arnoux-echezeaux-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/arnoux-lachaux-nuits-st-georges-les-poisets-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-domaine-arnoux-lachaux-clos-de-vougeot-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-bonneau-du-martray-corton-charlemagne-grand-cru-half-bottle-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-bouchard-pere-et-fils-chambertin-clos-de-beze-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-bruno-clair-gevrey-chambertin-premier-cru-les-cazetiers-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-bruno-clair-gevrey-chambertin-premier-cru-les-cazetiers-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-domaine-bruno-clair-gevrey-chambertin-premier-cru-clos-du-fonteny-monopole-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bruno-clair-gevrey-chambertin-1er-cru-clos-st-jacques-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-domaine-sylvain-cathiard-vosne-romanee-premier-cru-aux-reignots" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/coche-dury-meursault-chevalieres-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/coche-dury-meursault-caillerets-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-coche-dury-meursault-premier-cru-les-caillerets-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/denis-bachelet-gevrey-chambertin-vieilles-vignes-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-domaine-de-la-romanee-conti-drc-corton-charlemagne-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-corton-grand-cru-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-corton-grand-cru-2011-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-echezeaux-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-echezeaux-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-echezeaux-2015-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-echezeaux-2017-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-domaine-de-la-romanee-conti-drc-grands-echezeaux-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-la-tache-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-domaine-de-la-romanee-conti-drc-la-tache-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-la-tache-2011-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-montrachet-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-montrachet-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-domaine-de-la-romanee-conti-drc-romanee-conti-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-st-vivant-2016-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-st-vivant-2017-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-st-vivant-2018-6-pack-owc-750ml-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-domaine-drouhin-laroze-bonnes-mares-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-domaine-dujac-morey-saint-denis-blanc-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-dujac-morey-saint-denis-blanc-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-duroche-gevrey-chambertin-champ-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/fevre-grand-cru-chablis-les-clos-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-domaine-william-fevre-1er-cru-montmains-chablis-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-william-fevre-1er-cru-montee-de-tonnerre-chablis-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-domaine-georges-mugneret-gibourg-nuits-saint-georges-premier-cru-aux-chaignots-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mugneret-gibourg-nuits-st-georges-vignes-rondes-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-domaine-jean-grivot-vosne-romanee-premier-cru-les-reignots-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-jean-grivot-nuits-saint-georges-premier-cru-ronciere-bottle-750ml-slighly-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-domaine-robert-groffier-bonnes-mares-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-robert-groffier-chambolle-musigny-premier-cru-les-sentiers-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-hubert-lamy-saint-aubin-premier-cru-la-chateniere-vieilles-vignes-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-hubert-lamy-saint-aubin-premier-cru-derriere-chez-edouard-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-alain-hudelot-noellat-chambolle-musigny-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-alain-hudelot-noellat-chambolle-musigny-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-louis-jadot-clos-st-denis-grand-cru-bottle-750ml-damp-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-domaine-louis-jadot-chambolle-musigny-les-fuees-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-domaine-louis-jadot-chambolle-musigny-premier-cru-les-fuees-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-domaine-des-comtes-lafon-meursault-clos-de-la-baronne-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafon-meursault-clos-de-la-barre-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-lafon-meursault-premier-cru-les-porusots-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leroy-nuits-st-georges-les-boudots-2006-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hubert-lignier-morey-st-denis-1er-cru-les-blanchards-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-hubert-lignier-chambolle-musigny-les-bussieres-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-hubert-lignier-morey-saint-denis-trilogie-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-hubert-lignier-morey-saint-denis-premier-cru-vieilles-vignes-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-benjamin-leroux-nuits-st-georges-les-boudots-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-benjamin-leroux-volnay-premier-cru-clos-de-la-cave-des-ducs-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-benjamin-leroux-gevrey-chambertin-champeaux-1er-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-domaine-meo-camuzet-nuits-saint-georges-premier-cru-aux-murgers-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mommessin-clos-de-tart-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-de-montille-corton-clos-du-roi-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-de-montille-corton-clos-du-roi-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-de-montille-les-greves-beaune-premier-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-de-montille-vosne-romanee-premier-cru-aux-malconsorts-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-de-montille-vosne-romanee-premier-cru-aux-malconsorts-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-de-montille-volnay-premier-cru-taillepieds-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/montille-nuits-st-georges-1er-cru-aux-thorey-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-de-montille-nuits-st-georges-premier-cru-aux-thorey-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-de-montille-clos-de-vougeot-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-jacques-frederic-mugnier-chambolle-musigny-grand-cru-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mugnier-chambolle-fuees-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mugnier-chambolle-fuees-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mugnier-musigny-1993-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-olivier-leflaive-puligny-montrachet-premier-cru-les-referts-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ponsot-clos-de-la-roche-2002-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-domaine-ponsot-griotte-chambertin-grand-cru-bottle-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-robert-chevillon-nuits-st-georges-les-chaignots-premier-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-robert-chevillon-nuits-st-georges-les-vaucrains-premier-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-rossignol-trapet-latricieres-chambertin-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-domaine-roulot-meursault-premier-cru-clos-des-boucheres-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-morey-st-denis-clos-de-la-bussiere-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-morey-st-denis-clos-de-la-bussiere-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-morey-st-denis-clos-de-la-bussiere-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-chambolle-musigny-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-chambolle-musigny-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-chambolle-musigny-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-roulot-meursault-les-meix-chavaux-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-chambolle-musigny-les-cras-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roulot-meursault-premier-cru-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-domaine-georges-roumier-corton-charlemagne-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-domaine-georges-roumier-corton-charlemagne-grand-cru-bottle-750ml-damp-stained-faded-label" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-de-brignac-ace-of-spade-rose-nv" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-de-brignac-ace-of-spades-brut-rose-nv-magnum-1-5ml" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-bollinger-la-cote-aux-enfants-blanc-de-noirs-grand-cru-bottle-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-louis-roederer-cristal-rose-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-louis-roederer-cristal-rose-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cristal-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cristal-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/louis-roederer-cristal-2000-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cristal-2009-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-dom-perignon-magnum-1-5l-gift-box" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-dom-perignon-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-rose-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-rose-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-dom-perignon-lady-gaga-limited-edition-rose-bottle-750ml-ocb" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-dom-perignon-lady-gaga-limited-edition-bottle-750ml-gift-box" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2003-dom-perignon-luminous-rose-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-oenoteque-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1996-dom-perignon-oenotheque-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/krug-2000-750ml-ocb" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/krug-1996-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/taittinger-comtes-de-champagne-rose-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/taittinger-comtes-de-champagne-rose-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-giuseppe-mascarello-barolo-monprivato-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-giuseppe-mascarello-barolo-monprivato-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-villa-sant-anna-vino-nobile-di-montepulciano-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-azelia-barolo-margheria-piedmont-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-fattoria-dei-barbi-brunello-di-montalcino-vigna-fiore-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-luigi-baudana-barolo-baudana-piedmont-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-biondi-santi-tenuta-greppo-brunello-di-montalcino-docg-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/biondi-santi-riserva-brunello-di-montalcino-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-biondi-santi-tenuta-greppo-brunello-di-montalcino-docg-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/giacosa-barbaresco-asili-riserva-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-falletto-di-bruno-giacosa-asili-riserva-barbaresco-docg-red-label-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-bruno-giacosa-barolo-le-rocche-del-falletto-di-serralunga-dalba-white-label-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-bruno-giacosa-barolo-falletto-di-serralunga-dalba-white-label-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-bruno-giacosa-barolo-falletto-di-serralunga-dalba-white-label-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-bruno-giacosa-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1988-bruno-giacosa-riserva-barbaresco-santo-stefano-red-label-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bruno-giacosa-barbaresco-riserva-santo-stefano-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bruno-giacosa-barolo-riserva-le-rocche-del-falletto-1996-750ml-red-label" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bruno-giacosa-barolo-riserva-le-rocche-del-falletto-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-bruno-giacosa-barolo-falletto-le-rocche-del-falletto-riserva-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bruno-giacosa-barolo-riserva-le-rocche-del-falletto-1996-1-5l-red-label" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-bruno-giacosa-barolo-falletto-vigna-le-rocche-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1999-bruno-giacosa-barbaresco-santo-stefano-di-neive-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2001-bruno-giacosa-barbaresco-santo-stefano-di-neive-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-bruno-giacosa-barbaresco-rabaja-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-caparzo-brunello-di-montalcino-riserva-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-cavallotto-barolo-bricco-boschis-piedmont-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1999-domenico-clerico-barolo-ginestra-ciabot-mentin-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-domenico-clerico-barolo-ginestra-ciabot-mentin-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-collazzi-ferro-dei-collazzi-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-elvio-cogno-barolo-ravera-piedmont-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-aldo-conterno-barolo-botlle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-giacomo-conterno-barolo-francia-cascina-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-giacomo-conterno-barolo-cerretta-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-aldo-conterno-barolo-colonnello-botlle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-aldo-conterno-barolo-colonnello-botlle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/giacomo-conterno-barolo-riserva-monfortino-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/giacomo-conterno-barolo-riserva-monfortino-2014-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/giacomo-conterno-barolo-riserva-monfortino-2002-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-giacomo-conterno-barolo-monfortino-riserva-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-giacomo-conterno-barolo-monfortino-riserva-d-magnum-3l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-conti-costanti-brunello-di-montalcino-riserva-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-castellare-di-castellina-sodi-san-niccolo-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-castellare-di-castellina-sodi-san-niccolo-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-fanti-brunello-di-montalcino-tuscany-d-mag-3-0l-1" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-fontodi-flaccianello-della-pieve-colli-della-toscana-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gaja-cosa-russi-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-gaja-sori-san-lorenzo-langhe-barbaresco-piedmont-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-gaja-sori-san-lorenzo-langhe-barbaresco-piedmont-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gaja-sori-san-lorenzo-2004-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-gaja-sori-san-lorenzo-langhe-barbaresco-piedmont-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gaja-sori-tildin-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-galardi-terra-di-lavoro-campania-igt-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-giuseppe-rinaldi-barolo-brunate-le-coste-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-giuseppe-rinaldi-barolo-tre-tine-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-giuseppe-rinaldi-barolo-tre-tine-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-san-giusto-a-rentennano-percarlo-sangiovese-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/luciano-sandrone-barolo-le-vigne-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-luciano-sandrone-le-vigne-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-luciano-sandrone-barolo-vigne-piedmont-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-masseto-toscana-tuscany-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-masseto-toscana-tuscany-d-magnum-3l-owc-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-masseto-toscana-tuscany-6ltr-owc-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/masseto-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/masseto-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-le-macchiole-messorio-toscana-igt-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-le-macchiole-messorio-toscana-igt-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-le-macchiole-paleo-rosso-toscana-igt-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-le-macchiole-paleo-rosso-toscana-igt-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-ornellaia-bolgheri-bianco-tuscana-magnum-1-5l-banded-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-ornellaia-bolgheri-bianco-tuscana-magnum-1-5l-banded-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ornellaia-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ornellaia-2005-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-aldo-conterno-barolo-bussia-granbussia-riserva-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-le-macchiole-paleo-rosso-toscana-igt-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-querciabella-camartina-igt-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-bartolo-mascarello-barolo-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-tua-rita-redigaffi-7-toscana-tuscany-magnum-1-5l-oc-only-420-made" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-tua-rita-redigaffi-toscana-tuscany-bottle-750ml-faded-label" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-rizzi-barbaresco-boito-riserva-piedmont-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-giovanni-rosso-barolo-cerretta-piedmont-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-giovanni-rosso-barolo-cerretta-piedmont-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-giovanni-rosso-barolo-la-serra-piedmont-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-giovanni-rosso-barolo-la-serra-piedmont-magnum-1-5l-1" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-salicutti-brunello-di-montalcino-piaggione-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-salicutti-brunello-di-montalcino-piaggione-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-salicutti-brunello-di-montalcino-piaggione-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-sassicaia-tenuta-san-guido-bolgheri-tuscany-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-sassicaia-tenuta-san-guido-bolgheri-tuscany-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-sassicaia-tenuta-san-guido-bolgheri-tuscany-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-sassicaia-tenuta-san-guido-bolgheri-tuscany-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2015-6-pack-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2016-6-pack-750ml-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/antinori-solaia-toscana-igt-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-val-di-suga-brunello-di-montalcino-vigna-del-lago-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-talenti-brunello-di-montalcino-pian-di-conte-riserva-tuscany-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-talenti-brunello-di-montalcino-pian-di-conte-riserva-tuscany-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-talenti-brunello-di-montalcino-piero-tuscany-magnum-1-5l-1" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-tenuta-di-trinoro-campo-di-camagi-cabernet-franc-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-tenuta-di-trinoro-campo-di-tenaglia-cabernet-franc-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-roberto-voerzio-rocche-dellannunziata-torriglione-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-roberto-voerzio-cerequio-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-roberto-voerzio-cerequio-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-gianni-voerzio-la-serra-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-saumur-champigny-clos-rougeard-loire-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/paul-avril-clos-des-papes-chateauneuf-du-pape-2007-3-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chapoutier-le-pavillon-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chave-hermitage-blanc-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-jean-louis-chave-hermitage-blanc-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-guigal-cote-rotie-chateau-dampuis-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-e-guigal-cote-rotie-la-mouline-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-e-guigal-cote-rotie-la-mouline-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-e-guigal-cote-rotie-la-turque-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/guigal-ex-voto-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-de-marcoux-chateauneuf-du-pape-vieilles-vignes-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-de-marcoux-chateauneuf-du-pape-vieilles-vignes-bottle-750ml-slightly-cracked-capsule-exposed-cork" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-domaine-de-la-mordoree-chateauneuf-du-pape-la-reine-des-bois-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-donnhoff-niederhauser-hermannshohle-riesling-spatlese-nr12-nahe-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-joh-jos-prum-wehlener-sonnenuhr-riesling-sp-tlese-nr11-mosel-half-bottle-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-joh-jos-prum-wehlener-sonnenuhr-riesling-auslese-goldkapsel-versteigerung-nr12-mosel-half-bottle-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-joh-jos-prum-graacher-himmelreich-riesling-auslese-nr17-mosel-half-bottle-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-joh-jos-prum-wehlener-sonnenuhr-riesling-auslese-nr20-mosel-half-bottle-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-clos-erasmus-priorat-catalunya-bottle-750ml-only-3000-bottles-produced" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-clos-erasmus-priorat-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-comando-g-la-brena-vinos-de-madrid-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-comando-g-la-brena-vinos-de-madrid-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-comando-g-la-brena-vinos-de-madrid-case-of-3btls" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/olivier-riviere-rioja-losares-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-dominio-de-pingus-ribera-del-duero-flor-de-pingus-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-dominio-de-pingus-ribera-del-duero-flor-de-pingus-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-dominio-de-pingus-ribera-del-duero-pingus-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-dominio-de-pingus-ribera-del-duero-magnum-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominio-de-pingus-pingus-2020-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-dominio-de-pingus-ribera-del-duero-pingus-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-dominio-de-pingus-ribera-del-duero-pingus-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-dominio-de-pingus-ribera-del-duero-pingus-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-torres-conca-de-barbera-grans-muralles-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-torres-penedes-mas-la-plana-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-vega-sicilia-tinto-valbuena-5-ribera-del-duero-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-vina-sastre-ribera-del-duero-pesus-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/faethm-fingers-crossed-life-and-death-2-grenache-2-syrah-2-white-2022-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-stockholm-syndrome-syrah-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-the-antagonists-1998-1-5l-missing-wax-capsule" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-jusqu-a-los-grenache-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-syrah-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-sine-qua-non-sqn-eleven-confessions-collector-syrah-grenache-case-of-2-d-magnum-12-sets-produced" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-2021-3-syrah-3-grenache-assortment-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-sine-qua-non-sqn-five-shooter-syrah-california-bottle-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-profuga-grenache-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-distenta-i-grenache-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-distenta-ii-grenache-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-distenta-iii-grenache-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-heart-of-chorea-2002-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-into-the-dark-2004-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-naked-truth-grenache-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-the-third-twin-nuestra-senora-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-next-of-kyn-cumulus-vineyard-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-next-of-kyn-cumulus-vineyard-no-11-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-next-of-kyn-cumulus-vineyard-no-13-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-next-of-kyn-cumulus-vineyard-no-14-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-sine-qua-non-sqn-cumulus-vineyard-next-of-kyn-central-coast-california-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-next-of-kyn-cumulus-vineyard-2007-collector-owc-3-bottles-1-magnum-rare-first-vintage" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-2004-6-pack-owc-750ml-ode-to-e-grenache-syrah-3-each" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-omadhaun-poltroon-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-poker-face-into-the-dark-set-2004-2-pack-owc-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-stein-grenache-2012-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-stockholm-syndrome-grenache-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-distenta-ii-syrah-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-ziehharmonika-syrah-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-the-third-twin-graciano-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-the-third-twin-graciano-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-the-third-twin-graciano-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/abreu-las-posadas-proprietary-red-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-accendo-cellars-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-accendo-cellars-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/andremily-mourvedre-2017-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-eisele-vineyard-altagracia-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-bella-oaks-vineyard-proprietary-red-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-beringer-private-reserve-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-beringer-private-reserve-cabernet-sauvignon-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-blankiet-estate-paradise-hills-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-blankiet-estate-paradise-hills-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-blankiet-estate-paradise-hills-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-blankiet-estate-paradise-hills-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-blankiet-estate-rive-droite-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-blankiet-estate-rive-droite-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-blankiet-estate-paradise-hills-vineyard-mythicus-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-blankiet-estate-paradise-hills-vineyard-mythicus-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2006-5-pack-owc-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2007-5-pack-owc-1-5l-eden-vecina-melbury-pluribus-quella" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2009-5-pack-owc-1-5l-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2010-5-pack-owc-1-5l-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2011-5-pack-owc-1-5l-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2012-5-pack-owc-1-5l-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2013-5-pack-owc-1-5l-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2006-5-pack-owc-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2007-5-pack-owc-eden-vecina-melbury-pluribus-quella" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2011-5-pack-owc-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2012-5-pack-owc-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-bond-terroir-portfolio-napa-valley-case-of-5-btls-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2002-6-pack-owc-750ml-eden-vecina-melbury" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2003-8-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-bond-melbury-napa-valley-bottle-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-bond-melbury-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bond-melbury-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-pluribus-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-pluribus-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bond-pluribus-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-pluribus-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-bond-pluribus-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-pluribus-2011-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-bond-quella-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-bond-quella-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2003-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2008-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bond-st-eden-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2019-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-vecina-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-vecina-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-vecina-2016-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bond-vecina-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-vecina-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bond-matriarch-napa-valley-bottle-750ml-wine-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2012-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2013-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2014-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-brand-cabernet-sauvignon-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-bryant-family-vineyard-db4-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-db4-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-1994-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2002-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2004-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-bryant-family-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2016-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2017-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bryant-family-vineyard-cabernet-sauvignon-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-vineyard-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-vineyard-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-vineyard-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-proprietary-red-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-proprietary-red-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-proprietary-red-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-bryant-family-vineyard-bettina-bryant-red-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-bryant-family-vineyard-bettina-bryant-red-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-bryant-family-vineyard-bettina-bryant-red-napa-valley-magnum-1-5l-first-vintage" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-bryant-family-vineyard-bettina-bryant-red-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-bryant-family-vineyard-bettina-bryant-red-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cardinale-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cardinale-estate-red-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2004-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-caymus-special-selection-cabernet-sauvignon-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2001-chappellet-pritchard-hill-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chappellet-cabernet-sauvignon-pritchard-hill-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chappellet-pritchard-hill-cabernet-sauvignon-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chappellet-signature-cabernet-sauvignon-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/napa-valley-wine-gift-set" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cliff-lede-poetry-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2016-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-colgin-cellars-cariad-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2016-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2017-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-colgin-cellars-cariad-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2003-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2007-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2010-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-colgin-cellars-tychson-hill-napa-valley-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2010-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2012-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-herb-lamb-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-herb-lamb-1998-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-colgin-cellars-ix-estate-red-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-colgin-cellars-ix-estate-red-napa-valley-magnum-1-5l-etched-rare-non-production-format" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2007-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2008-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2010-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2012-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-continuum-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/continuum-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-continuum-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/continuum-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-continuum-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/continuum-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-continuum-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/continuum-2012-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/continuum-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-dalla-valle-collina-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-dalla-valle-collina-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-dalla-valle-maya-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dalla-valle-maya-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-dalla-valle-maya-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-dana-estates-cabernet-sauvignon-onda-doro-napa-valley-magnum-1-5l-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-cabernet-sauvignon-2017-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2018-3-pk-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2019-3-pk-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-hershey-cabernet-vineyard-sauvignon-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-hershey-vineyard-2010-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-hershey-vineyard-cabernet-sauvignon-2015-3-pk-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-hershey-vineyard-cabernet-sauvignon-2019-3-pk-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-cabernet-sauvignon-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-dana-estates-lotus-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2015-1-pack-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2018-1-pack-owc-1-5l-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2017-3-pk-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-dana-estates-lotus-vineyard-cabernet-sauvignon-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-2019-dana-estates-lotus-vineyard-cabernet-sauvignon-vertical-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-cabernet-sauvignon-onda-vineyard-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-david-arthur-elevation-1147-cabernet-sauvignon-napa-valley-bottle-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-the-debate-denali-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1994-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1994-3-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-dominus-estate-christian-moueix-napa-valley-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2018-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1997-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1999-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-dominus-estate-christian-moueix-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2008-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/eisele-vineyard-cabernet-sauvignon-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/eisele-vineyard-cabernet-sauvignon-2020-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/eisele-vineyard-cabernet-sauvignon-2020-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-fairchild-g-iii-cabernet-sauvignon-napa-valley-bottle-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-fairchild-g-iii-cabernet-sauvignon-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/fairchild-cabernet-sauvignon-beckstoffer-giii-2013-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-fairchild-g-iii-cabernet-sauvignon-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/fairchild-estate-sigaro-pritchard-hill-2013-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/fairchild-cabernet-sauvignon-stones-no-1-las-piedras-vineyard-2013-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/fairchild-cabernet-sauvignon-stones-no-1-beckstoffer-las-piedras-no-1-2013-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-fantesca-red-all-great-things-mercy-napa-valley-d-magnum-3l-wine-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-fait-main-cabernet-sauvignon-beckstoffer-las-piedras-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/favia-la-magdalena-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-favia-la-magdalena-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-cabernet-sauvignon-5500-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-cabernet-sauvignon-5500-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-futo-5500-cabernet-sauvignon-stags-leap-district-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-estate-oakville-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-estate-oakville-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-futo-estate-oakville-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-futo-estate-oakville-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-futo-estate-oakville-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-ov-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-ov-sl-estate-red-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-ov-sl-estate-red-2017-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-ov-sl-estate-2012-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-grace-family-vineyards-cabernet-sauvignon-napa-valley-bottle-750ml-torn-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/grace-family-cabernet-sauvignon-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-grace-family-vineyards-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-1992-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-1997-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2015-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2017-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-harlan-estate-napa-valley-bottle-750ml-slightly-bin-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2015-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2017-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2019-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2017-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2006-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2012-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2017-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2020-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2008-1-5l-owc-rare-first-vintage" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2013-1-5l-owc-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2015-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2019-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2016-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2016-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2018-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2019-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hobbs-beckstoffer-to-kalon-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-paul-hobbs-beckstoffer-to-kalon-vineyard-cabernet-sauvignon-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-paul-hobbs-beckstoffer-dr-crane-vineyard-cabernet-sauvignon-st-helena-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-paul-hobbs-beckstoffer-dr-crane-vineyard-cabernet-sauvignon-st-helena-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-paul-hobbs-beckstoffer-dr-crane-vineyard-cabernet-sauvignon-st-helena-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/paul-hobbs-cabernet-sauvignon-beckstoffer-dr-crane-vineyard-2012-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-paul-hobbs-beckstoffer-dr-crane-vineyard-cabernet-sauvignon-st-helena-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-paul-hobbs-beckstoffer-dr-crane-vineyard-cabernet-sauvignon-st-helena-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-paul-hobbs-cabernet-sauvignon-nathan-coombs-estate-coombsville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-paul-hobbs-cabernet-sauvignon-nathan-coombs-estate-coombsville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-paul-hobbs-cabernet-sauvignon-nathan-coombs-estate-coombsville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-paul-hobbs-cabernet-sauvignon-nathan-coombs-estate-coombsville-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/paul-hobbs-cabernet-sauvignon-beckstoffer-las-piedras-vineyard-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-wraith-crypt-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-hundred-acre-wraith-crypt-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-hundred-acre-the-ark-vineyard-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-hundred-acre-the-ark-vineyard-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2018-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-hundred-acre-few-and-far-between-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-few-and-far-between-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2018-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-few-and-far-between-napa-valley-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-few-far-between-vineyard-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2010-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-few-and-far-between-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-kayli-morgan-vineyard-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2007-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-kayli-morgan-vineyard-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2010-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-wraith-holy-quest-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-wraith-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-wraith-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-wraith-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-wraith-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-wraith-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-wraith-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/kapcsandy-grand-vin-state-lane-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/kapcsandy-estate-cuvee-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-kapcsandy-family-winery-state-lane-vineyard-estate-cuvee-yountville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-kapcsandy-family-winery-robertas-reserve-yountville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/kapcsandy-robertas-reserve-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-kapcsandy-family-winery-robertas-reserve-yountville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-kapcsandy-family-winery-rapszodia-yountville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-lail-vineyards-j-daniel-cuvee-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levy-mcclellan-cabernet-sauvignon-2016-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levy-mcclellan-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levy-mcclellan-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-levy-mcclellan-red-napa-valley-bottle-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-levy-mcclellan-ltd-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lokoya-cabernet-sauvignon-howell-mountain-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-lokoya-cabernet-sauvignon-spring-mountain-district-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-lokoya-cabernet-sauvignon-spring-mountain-district-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lokoya-spring-mountain-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lokoya-cabernet-sauvignon-spring-mountain-2013-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lokoya-cabernet-sauvignon-mount-veeder-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-lokoya-cabernet-sauvignon-mount-veeder-etched-5ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-lokoya-cabernet-sauvignon-mt-veeder-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-lokoya-cabernet-sauvignon-mt-veeder-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-merus-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-morlet-family-vineyards-estate-cabernet-sauvignon-st-helena-napa-valley-d-magnum-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-morlet-cabernet-sauvignon-coeur-de-vallee-napa-valley-d-mag-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/morlet-passione-ment-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-morlet-family-vineyards-estate-cabernet-sauvignon-prix-du-jury-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/montelena-estate-cabernet-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-1996-750ml-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-opus-one-napa-valley-bottle-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-opus-one-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2016-3-pack-owc-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-1994-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2000-6-pack-750ml-owc-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2002-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2004-6-pack-750ml-owc-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2006-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2010-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2011-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2012-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2014-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2016-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2017-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2021-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-opus-one-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-ovid-experiment-no-b5-9-red-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-ovid-experiment-no-f2-7-red-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-ovid-experiment-no-n4-9-red-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-ovid-experiment-no-p505-red-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-ovid-red-wine-experiment-p4-9-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ovid-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-ovid-red-wine-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-ovid-red-wine-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-ovid-red-wine-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ovid-proprietary-red-2018-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2007-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2008-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-estate-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2005-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2006-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-backus-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2002-joseph-phelps-backus-vineyard-cabernet-sauvignon-oakville-bottle-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-cabernet-sauvignon-backus-vineyard-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-cabernet-sauvignon-backus-vineyard-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-cabernet-sauvignon-backus-vineyard-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-cabernet-sauvignon-backus-vineyard-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-joseph-phelps-backus-vineyard-cabernet-sauvignon-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-joseph-phelps-backus-vineyard-cabernet-sauvignon-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-joseph-phelps-backus-vineyard-cabernet-sauvignon-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-cabernet-sauvignon-backus-vineyard-2014-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1985-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1981-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-5ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-5ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1983-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-5ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1983-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1984-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1985-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1987-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1989-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cabernet-sauvignon" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2001-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2002-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2004-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2006-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-joseph-phelps-insignia-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-joseph-phelps-insignia-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/plumpjack-reserve-cabernet-sauvignon-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-plumpjack-cabernet-sauvignon-reserve-oakville-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/quintessa-proprietary-red-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-quintessa-proprietary-red-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-quintessa-proprietary-red-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/realm-the-absurd-2005-3-pack-owc-750ml-first-vintage-assortment-case-1-label-each-gardener-birdwatcher-magician" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/realm-cabernet-sauvignon-farella-coombsville-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/realm-cabernet-sauvignon-houyi-vineyard-pritchard-hill-2017-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/realm-cabernet-sauvignon-houyi-vineyard-pritchard-hill-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/realm-cabernet-sauvignon-estate-the-moonracer-2021-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ridge-monte-bello-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-ridge-california-monte-bello-santa-cruz-mountains-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ridge-monte-bello-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-rudd-leslies-blend-mount-veeder-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-rudd-leslies-blend-mount-veeder-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-rudd-estate-red-oakville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-rudd-estate-red-oakville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-rudd-estate-red-oakville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-rudd-estate-red-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-rudd-estate-red-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-saxum-broken-stones-syrah-paso-robles-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/saxum-broken-stones-syrah-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-saxum-broken-stones-syrah-paso-robles-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-saxum-terry-hoage-vineyard-paso-robles-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-saxum-terry-hoage-vineyard-paso-robles-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2012-1-5l-owc-etched" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2013-1-5l-owc-etched" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-scarecrow-cabernet-sauvignon-rutherford-bottle-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2017-3-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2006-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2008-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2017-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-beckstoffer-to-kalon-ccs-2007-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-beckstoffer-to-kalon-ccs-2005-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-heritage-clone-to-kalon-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-to-kalon-monastery-block-mb-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-mx-etched-2001-1-5l-300-produced" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-old-sparky-2006-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-old-sparky-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-original-beckstoffer-to-kalon-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-schrader-cellars-beckstoffer-to-kalon-vineyard-cabernet-sauvignon-napa-valley-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-original-beckstoffer-to-kalon-2007-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-beckstoffer-to-kalon-t6-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2014-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2022-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2005-2-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2007-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2008-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2013-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2014-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2018-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2019-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2016-3-pack-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2018-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2020-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2021-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2013-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-1997-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-shafer-hillside-select-stags-leap-district-bottle-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-shafer-hillside-select-stags-leap-district-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2005-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-sloan-asterisk-rutherford-bottle-750ml-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-asterisk-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-sloan-asterisk-rutherford-bottle-750ml-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-sloan-asterisk-rutherford-bottle-750ml-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-sloan-proprietary-red-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2000-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2001-sloan-proprietary-red-rutherford-magnum-1-5l-owc-rare-first-vintage-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-sloan-proprietary-red-rutherford-magnum-1-5l-owc-rare-first-vintage-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-sloan-proprietary-red-rutherford-magnum-1-5l-owc-rare-first-vintage-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-sloan-proprietary-red-rutherford-magnum-1-5l-owc-rare-first-vintage-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-sloan-proprietary-red-rutherford-d-magnum-3l-winery-direct-extremely-rare-format" TargetMode="External"/><Relationship Id="rId_hyperlink_1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-sloan-proprietary-red-rutherford-d-magnum-3l-winery-direct-extremely-rare-format" TargetMode="External"/><Relationship Id="rId_hyperlink_1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-sloan-proprietary-red-rutherford-d-magnum-3l-winery-direct-extremely-rare-format" TargetMode="External"/><Relationship Id="rId_hyperlink_1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2001-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2002-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2004-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2006-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2016-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-sloan-proprietary-red-rutherford-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2007-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-spottswoode-cabernet-sauvignon-st-helena-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2003-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2013-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-spottswoode-cabernet-sauvignon-st-helena-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-tench-vineyards-cabernet-sauvignon-oakville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/the-vineyardist-cabernet-sauvignon-2013-750ml-future" TargetMode="External"/><Relationship Id="rId_hyperlink_1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-la-joie-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-la-joie-2016-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-la-joie-2019-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-la-muse-2019-3-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-verite-le-desir-sonoma-county-bottle-750ml-rare-first-vintage" TargetMode="External"/><Relationship Id="rId_hyperlink_1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-verite-le-desir-sonoma-county-bottle-750ml-wine-stained-label-from-broken-bottle" TargetMode="External"/><Relationship Id="rId_hyperlink_1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-le-desir-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-le-desir-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-le-desir-2002-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-le-desir-2013-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-verite-le-desir-sonoma-county-case-of-3-btls-rare-first-vintage" TargetMode="External"/><Relationship Id="rId_hyperlink_1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-vine-hill-ranch-vhr-cabernet-sauvignon-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-vineyard-29-29-estate-cabernet-sauvignon-st-helena-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/the-vineyard-house-h-w-crabbs-to-kalon-vineyard-cabernet-sauvignon-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/the-vineyard-house-h-w-crabbs-to-kalon-vineyard-cabernet-sauvignon-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-aubert-chardonnay-lauren-sonoma-coast-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-aubert-chardonnay-lauren-sonoma-coast-magnum-1-5l-slightly-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-aubert-larry-hyde-sons-chardonnay-los-carneros-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-aubert-larry-hyde-sons-chardonnay-los-carneros-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/aubert-larry-hyde-sons-chardonnay-2010-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/aubert-larry-hyde-chardonnay-2012-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-morlet-chardonnay-coup-de-coeur-sonoma-coast-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-morlet-family-vineyards-la-proportion-doree-sonoma-county-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-morlet-family-vineyards-la-proportion-doree-sonoma-county-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-morlet-chardonnay-ma-douce-california-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-morlet-chardonnay-ma-douce-california-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/morlet-ma-princesse-chardonnay-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-peter-michael-la-carriere-knights-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-peter-michael-mon-plaisir-knights-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-peter-michael-mon-plaisir-knights-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-peter-michael-ma-belle-fille-knights-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-sauvignon-blanc-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-sauvignon-blanc-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-sauvignon-blanc-2021-3-pack-owc-750ml" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/penfolds-grange-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ausone-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ausone-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ausone-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-chateau-ausone-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-chateau-ausone-saint-emilion-bottle-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ausone-1990-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-chateau-ausone-saint-emilion-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chateau-ausone-saint-emilion-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-chateau-ausone-saint-emilion-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-chateau-ausone-saint-emilion-case-of-3-btls-banded-late-release" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-haut-batailley-pauillac-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/beausejour-duffau-lagarrosse-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/beausejour-duffau-lagarrosse-1990-750ml-glue-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/beausejour-duffau-lagarrosse-1990-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-duffau-lagarrosse-chateau-beausejour-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-duffau-lagarrosse-chateau-beausejour-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-chateau-belair-monange-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-chateau-belair-monange-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bellevue-mondotte-2005-750ml-only-340-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bellevue-mondotte-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-bellevue-mondotte-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/beychevelle-1989-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-chateau-beychevelle-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-beychevelle-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-bon-pasteur-1982-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-chateau-le-bon-pasteur-pomerol-bottle-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-chateau-le-bon-pasteur-pomerol-bottle-750ml-high-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-branaire-ducru-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/branaire-ducru-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-brane-cantenac-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-chateau-branon-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/canon-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-canon-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-les-carmes-haut-brion-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-les-carmes-haut-brion-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-certan-de-may-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-1985-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1985-chateau-cheval-blanc-saint-emilion-bottle-750ml-high-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-1988-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-1993-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2000-750ml-wine-stained-label-from-broken-bottle" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-1998-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cheval-blanc-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-domaine-de-chevalier-rouge-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bordeaux-wine-gift-set" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clos-fourtet-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-clos-fourtet-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-clos-fourtet-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-clos-fourtet-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-clos-fourtet-saint-emilion-grand-cru-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-clos-fourtet-saint-emilion-grand-cru-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-clos-fourtet-saint-emilion-grand-cru-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/canon-la-gaffeliere-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-canon-la-gaffeliere-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-canon-la-gaffeliere-saint-emilion-grand-cru-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clinet-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clinet-1989-750ml-slightly-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clinet-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clinet-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/clinet-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-clinet-pomerol-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-clinet-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/calon-segur-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1982-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1985-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1985-750ml-tl-bsl" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1985-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1986-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1986-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1993-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-chateau-cos-destournel-saint-estephe-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chateau-cos-destournel-saint-estephe-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-cos-destournel-saint-estephe-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cos-destournel-1996-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1989-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1989-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ducru-beaucaillou-1995-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/duhart-milon-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dyquem-2001-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/figeac-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2003-chateau-figeac-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-figeac-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1995-chateau-figeac-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1995-chateau-figeac-saint-emilion-grand-cru-magnum-1-5l-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-la-gaffeliere-st-emilion-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/grand-puy-lacoste-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-grand-puy-lacoste-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-grand-puy-lacoste-pauillac-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-gracia-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gruaud-larose-1982-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gruaud-larose-1982-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-gruaud-larose-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-gruaud-larose-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-gruaud-larose-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-gruaud-larose-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-gruaud-larose-saint-julien-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gruaud-larose-1982-12-pack-oc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-gruaud-larose-saint-julien-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-haut-bailly-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-chateau-haut-bailly-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-haut-bailly-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-haut-bailly-pessac-leognan-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-haut-bailly-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-haut-bailly-cru-classe-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-haut-bailly-cru-classe-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-haut-bailly-cru-classe-pessac-leognan-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hosanna-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-hosanna-pomerol-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hosanna-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-chateau-hosanna-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-hosanna-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1995-le-bahans-du-chateau-haut-brion-2nd-wine-of-haut-brion-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1995-le-bahans-du-chateau-haut-brion-2nd-wine-of-haut-brion-pessac-leognan-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-la-clarte-de-haut-brion-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-la-clarte-de-haut-brion-pessac-leognan-bottle-750ml-2nd-white-wine-of-haut-brion" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-la-clarte-de-haut-brion-pessac-leognan-bottle-750ml-2nd-white-wine-of-haut-brion" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-la-clarte-de-haut-brion-pessac-leognan-bottle-750ml-2nd-white-wine-of-haut-brion" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-la-clarte-de-haut-brion-pessac-leognan-case-of-6-btls-2nd-white-wine-of-haut-brion" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-la-clarte-de-haut-brion-pessac-leognan-case-of-6-btls-2nd-white-wine-of-haut-brion" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2001-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-blanc-2016-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-blanc-2017-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-haut-brion-blanc-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-chateau-haut-brion-pessac-leognan-bottle-750ml-3-5cm-fill" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1984-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1986-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1986-750ml-slightly-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1987-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1988-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1989-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1991-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1992-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1993-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1996-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1997-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1993-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chateau-haut-brion-pessac-leognan-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2019-3-pack-owc-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2016-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-2021-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/haut-brion-1986-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-conseillante-1986-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-chateau-la-conseillante-pomerol-bottle-750ml-high-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-chateau-la-conseillante-pomerol-bottle-750ml-upper-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1988-chateau-la-conseillante-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-conseillante-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-chateau-la-conseillante-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-conseillante-1986-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1988-chateau-la-conseillante-pomerol-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-lafite-rothschild-assortment-case-1995-2000-2003-2009-2010-2015-pauillac-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-carruades-de-lafite-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-carruades-de-lafite-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-carruades-de-lafite-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-carruades-de-lafite-pauillac-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-carruades-de-lafite-pauillac-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-carruades-de-lafite-pauillac-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-carruades-de-lafite-pauillac-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-carruades-de-lafite-pauillac-case-of-6-magnum-chateau-direct-late-release" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2012-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-carruades-de-lafite-pauillac-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/carruades-de-lafite-2016-6-pack-owc-750ml-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-carruades-de-lafite-pauillac-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-carruades-de-lafite-pauillac-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-carruades-de-lafite-pauillac-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-lafite-rothschild-pauillac-bottle-750ml-wine-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-lafite-rothschild-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2020-banded-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1999-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2015-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2016-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1989-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-lafite-rothschild-pauillac-d-magnum-3l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-lafite-rothschild-pauillac-d-magnum-3l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2018-3-0l-banded-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-lafite-rothschild-pauillac-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2013-3-pack-owc-1-5l-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2016-3-pack-owc-1-5l-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2020-banded-3-pack-owc-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2006-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2016-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2019-6-pack-owc-750ml-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1995-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1996-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-1998-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2003-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2004-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2005-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafite-2009-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-smith-haut-lafitte-rouge-cru-classe-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-chateau-lagrange-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/latour-a-pomerol-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-larcis-ducasse-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-chateau-lascombes-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/latour-assortment-case-3-latour-2005-3-les-forts-2015-6-pack-owc-750ml-banded-400-produced" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/les-forts-de-latour-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1985-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1986-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1988-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1990-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1996-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-chateau-latour-pauillac-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1989-chateau-latour-pauillac-5ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1996-6-0l-owc-1" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2002-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/latour-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2008-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/latour-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1986-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1988-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-1989-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-latour-2009-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-pauillac-de-latour-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-pauillac-de-latour-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-chateau-leglise-clinet-pomerol-bottle-750ml-slightly-bin-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leglise-clinet-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-leglise-clinet-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-leglise-clinet-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-leglise-clinet-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1996-chateau-leglise-clinet-pomerol-d-magnum-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1996-chateau-leglise-clinet-pomerol-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1996-chateau-leglise-clinet-pomerol-6ltr-1" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-leglise-clinet-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1996-chateau-leglise-clinet-pomerol-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1986-750ml-water-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-leoville-las-cases-grand-vin-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1982-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2004-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1996-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-2005-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-las-cases-1989-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-1982-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-1982-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2002-chateau-leoville-barton-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-chateau-leoville-barton-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-leoville-barton-saint-julien-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leoville-barton-2006-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1999-chateau-leoville-poyferre-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-chateau-leoville-poyferre-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-leoville-poyferre-saint-julien-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-le-pin-pomerol-bottle-750ml-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-plus-de-la-fleur-de-bouard-lalande-de-pomerol-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-1990-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-1990-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-1990-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levangile-1998-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-chateau-levangile-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-chateau-levangile-pomerol-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafleur-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafleur-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafleur-1998-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-lafleur-pomerol-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-lafleur-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-chateau-le-gay-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-gay-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-lif-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-mission-haut-brion-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-1999-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-chateau-lynch-bages-pauillac-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-chateau-lynch-bages-pauillac-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2003-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2008-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lynch-bages-2009-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-malescot-st-exupery-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-malescot-st-exupery-margaux-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1984-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1984-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1987-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1987-chateau-margaux-margaux-bottle-750ml-very-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1993-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1997-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-chateau-margaux-margaux-magnum-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2019-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-margaux-margaux-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1996-6-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2005-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-margaux-margaux-case-of-3-magnum" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-margaux-margaux-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2012-6-pack-owc-750ml-chateau-direct-banded-late-release" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2016-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-1999-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/margaux-2011-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-chateau-margaux-margaux-case-of-12-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/groupe-duclot-bordeaux-collection-2010-9-pack-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-groupe-duclot-bordeaux-prestige-collection-case-case-of-9-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1999-chateau-monbousquet-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/montrose-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/montrose-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-chateau-montrose-saint-estephe-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-chateau-montrose-saint-estephe-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1986-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1986-750ml-torn-label" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-chateau-mouton-rothschild-pauillac-bottle-750ml-high-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-chateau-mouton-rothschild-pauillac-bottle-750ml-high-shoulder-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-chateau-mouton-rothschild-pauillac-bottle-750ml-upper-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1989-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1994-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1997-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-chateau-mouton-rothschild-pauillac-bottle-750ml-slightly-bin-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2006-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2018-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1995-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1973-6-0l-rare-picasso-label-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2006-6-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-chateau-mouton-rothschild-pauillac-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-2003-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mouton-1993-750ml-naked-lady" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/palmer-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1990-chateau-palmer-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/palmer-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chateau-palmer-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-palmer-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/palmer-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-palmer-margaux-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-palmer-margaux-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-palmer-margaux-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-pape-clement-blanc-pessac-leognan-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pape-clement-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pape-clement-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-chateau-pavie-decesse-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-pavie-decesse-saint-emilion-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-macquin-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavie-macquin-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-chateau-pavie-macquin-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-chateau-pavie-macquin-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-petit-cheval-2nd-label-cheval-blanc-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-petit-cheval-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-petit-cheval-2nd-label-cheval-blanc-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-le-petit-cheval-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/le-petit-cheval-2nd-label-cheval-blanc-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-le-petit-cheval-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-le-petit-cheval-saint-emilion-grand-cru-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-le-petit-cheval-saint-emilion-grand-cru-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-le-petit-cheval-saint-emilion-grand-cru-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-chateau-la-fleur-petrus-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-fleur-petrus-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-la-fleur-petrus-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/la-fleur-petrus-2018-6-pack-owc-750ml-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-la-fleur-petrus-pomerol-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-1988-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2000-750mlcut-capsule" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2000-750mlslightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-petrus-pomerol-case-of-3-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2020-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2007-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2011-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2013-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/petrus-2018-banded-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-chateau-pichon-longueville-baron-pauillac-bottle-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-baron-1986-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-baron-1986-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-baron-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-baron-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-baron-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1988-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1989-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1989-chateau-pichon-lalande-pauillac-bottle-750ml-high-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1995-750ml-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1996-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-chateau-pichon-lalande-pauillac-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1995-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-1996-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pichon-lalande-2003-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pontet-canet-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1995-chateau-pontet-canet-pauillac-bottle-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pontet-canet-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pontet-canet-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pontet-canet-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-chateau-prieure-lichine-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/prieure-lichine-margaux-2000-12-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavillon-rouge-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-pavillon-rouge-du-chateau-margaux-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/pavillon-rouge-du-chateau-margaux-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-pavillon-rouge-du-chateau-margaux-margaux-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1983-chateau-rauzan-segla-margaux-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1983-chateau-rauzan-segla-margaux-bottle-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-chateau-rauzan-segla-margaux-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-chateau-clos-de-sarpe-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/talbot-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-chateau-tertre-roteboeuf-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/tertre-roteboeuf-2006-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-chateau-tertre-roteboeuf-saint-emilion-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-chateau-troplong-mondot-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/trotanoy-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-chateau-trotanoy-pomerol-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2003-chateau-valandraud-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-chateau-valandraud-saint-emilion-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/vieux-chateau-certan-1986-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/vieux-certan-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/vieux-certan-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-vieux-chateau-certan-pomerol-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/vieux-chateau-certan-2015-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-vieux-chateau-certan-pomerol-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-domaine-anne-francoise-gros-richebourg-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-domaine-anne-francoise-gros-richebourg-grand-cru-bottle-750ml-slightly-protruding-cork" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/anne-gros-richebourg-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-domaine-anne-gros-richebourg-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-arnaud-ente-bourgogne-blanc-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-clos-st-jacques-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-clos-st-jacques-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-clos-st-jacques-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-clos-st-jacques-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-chambertin-clos-de-beze-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-mazis-chambertin-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-rousseau-mazy-chambertin-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-armand-rousseau-mazis-chambertin-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-domaine-arnoux-lachaux-chambolle-musigny-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-domaine-robert-arnoux-echezeaux-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/arnoux-lachaux-nuits-st-georges-les-poisets-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-domaine-arnoux-lachaux-clos-de-vougeot-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-bonneau-du-martray-corton-charlemagne-grand-cru-half-bottle-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-bouchard-pere-et-fils-chambertin-clos-de-beze-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-bruno-clair-gevrey-chambertin-premier-cru-les-cazetiers-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-bruno-clair-gevrey-chambertin-premier-cru-les-cazetiers-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-domaine-bruno-clair-gevrey-chambertin-premier-cru-clos-du-fonteny-monopole-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bruno-clair-gevrey-chambertin-1er-cru-clos-st-jacques-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-domaine-sylvain-cathiard-vosne-romanee-premier-cru-aux-reignots" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/coche-dury-meursault-chevalieres-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/coche-dury-meursault-caillerets-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-coche-dury-meursault-premier-cru-les-caillerets-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/denis-bachelet-gevrey-chambertin-vieilles-vignes-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-domaine-de-la-romanee-conti-drc-corton-charlemagne-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-corton-grand-cru-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-corton-grand-cru-2011-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-echezeaux-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-echezeaux-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-echezeaux-2015-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-echezeaux-2017-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-domaine-de-la-romanee-conti-drc-grands-echezeaux-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-la-tache-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-domaine-de-la-romanee-conti-drc-la-tache-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-la-tache-2011-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-montrachet-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-montrachet-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-domaine-de-la-romanee-conti-drc-romanee-conti-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-st-vivant-2016-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-st-vivant-2017-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/drc-st-vivant-2018-6-pack-owc-750ml-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-domaine-drouhin-laroze-bonnes-mares-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-domaine-dujac-morey-saint-denis-blanc-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-dujac-morey-saint-denis-blanc-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-duroche-gevrey-chambertin-champ-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/fevre-grand-cru-chablis-les-clos-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-domaine-william-fevre-1er-cru-montmains-chablis-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-william-fevre-1er-cru-montee-de-tonnerre-chablis-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-domaine-georges-mugneret-gibourg-nuits-saint-georges-premier-cru-aux-chaignots-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mugneret-gibourg-nuits-st-georges-vignes-rondes-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-domaine-jean-grivot-vosne-romanee-premier-cru-les-reignots-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-jean-grivot-nuits-saint-georges-premier-cru-ronciere-bottle-750ml-slighly-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-domaine-robert-groffier-bonnes-mares-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-robert-groffier-chambolle-musigny-premier-cru-les-sentiers-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-hubert-lamy-saint-aubin-premier-cru-la-chateniere-vieilles-vignes-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-hubert-lamy-saint-aubin-premier-cru-derriere-chez-edouard-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-alain-hudelot-noellat-chambolle-musigny-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-alain-hudelot-noellat-chambolle-musigny-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-louis-jadot-clos-st-denis-grand-cru-bottle-750ml-damp-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-domaine-louis-jadot-chambolle-musigny-les-fuees-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-domaine-louis-jadot-chambolle-musigny-premier-cru-les-fuees-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-domaine-des-comtes-lafon-meursault-clos-de-la-baronne-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lafon-meursault-clos-de-la-barre-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-lafon-meursault-premier-cru-les-porusots-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/leroy-nuits-st-georges-les-boudots-2006-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hubert-lignier-morey-st-denis-1er-cru-les-blanchards-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-hubert-lignier-chambolle-musigny-les-bussieres-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-hubert-lignier-morey-saint-denis-trilogie-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-hubert-lignier-morey-saint-denis-premier-cru-vieilles-vignes-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-benjamin-leroux-nuits-st-georges-les-boudots-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-benjamin-leroux-volnay-premier-cru-clos-de-la-cave-des-ducs-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-benjamin-leroux-gevrey-chambertin-champeaux-1er-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-domaine-meo-camuzet-nuits-saint-georges-premier-cru-aux-murgers-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mommessin-clos-de-tart-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-de-montille-corton-clos-du-roi-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-de-montille-corton-clos-du-roi-grand-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-de-montille-les-greves-beaune-premier-cru-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-de-montille-vosne-romanee-premier-cru-aux-malconsorts-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-de-montille-vosne-romanee-premier-cru-aux-malconsorts-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-de-montille-volnay-premier-cru-taillepieds-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/montille-nuits-st-georges-1er-cru-aux-thorey-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-domaine-de-montille-nuits-st-georges-premier-cru-aux-thorey-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-de-montille-clos-de-vougeot-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-jacques-frederic-mugnier-chambolle-musigny-grand-cru-case-of-6-btls-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mugnier-chambolle-fuees-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mugnier-chambolle-fuees-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/mugnier-musigny-1993-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-olivier-leflaive-puligny-montrachet-premier-cru-les-referts-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ponsot-clos-de-la-roche-2002-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-domaine-ponsot-griotte-chambertin-grand-cru-bottle-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-robert-chevillon-nuits-st-georges-les-chaignots-premier-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-domaine-robert-chevillon-nuits-st-georges-les-vaucrains-premier-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-rossignol-trapet-latricieres-chambertin-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-domaine-roulot-meursault-premier-cru-clos-des-boucheres-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-morey-st-denis-clos-de-la-bussiere-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-morey-st-denis-clos-de-la-bussiere-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-morey-st-denis-clos-de-la-bussiere-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-chambolle-musigny-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-chambolle-musigny-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-chambolle-musigny-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-roulot-meursault-les-meix-chavaux-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roumier-chambolle-musigny-les-cras-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/roulot-meursault-premier-cru-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-domaine-georges-roumier-corton-charlemagne-grand-cru-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-domaine-georges-roumier-corton-charlemagne-grand-cru-bottle-750ml-damp-stained-faded-label" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-de-brignac-ace-of-spade-rose-nv" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/armand-de-brignac-ace-of-spades-brut-rose-nv-magnum-1-5ml" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-bollinger-la-cote-aux-enfants-blanc-de-noirs-grand-cru-bottle-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-louis-roederer-cristal-rose-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-louis-roederer-cristal-rose-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cristal-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cristal-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/louis-roederer-cristal-2000-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cristal-2009-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-dom-perignon-magnum-1-5l-gift-box" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-dom-perignon-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-rose-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-rose-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-dom-perignon-lady-gaga-limited-edition-rose-bottle-750ml-ocb" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-dom-perignon-lady-gaga-limited-edition-bottle-750ml-gift-box" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2003-dom-perignon-luminous-rose-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dom-perignon-oenoteque-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1996-dom-perignon-oenotheque-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/krug-2000-750ml-ocb" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/krug-1996-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/taittinger-comtes-de-champagne-rose-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/taittinger-comtes-de-champagne-rose-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-giuseppe-mascarello-barolo-monprivato-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-giuseppe-mascarello-barolo-monprivato-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-villa-sant-anna-vino-nobile-di-montepulciano-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-azelia-barolo-margheria-piedmont-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-fattoria-dei-barbi-brunello-di-montalcino-vigna-fiore-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-luigi-baudana-barolo-baudana-piedmont-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-biondi-santi-tenuta-greppo-brunello-di-montalcino-docg-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/biondi-santi-riserva-brunello-di-montalcino-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-biondi-santi-tenuta-greppo-brunello-di-montalcino-docg-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/giacosa-barbaresco-asili-riserva-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-falletto-di-bruno-giacosa-asili-riserva-barbaresco-docg-red-label-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-bruno-giacosa-barolo-le-rocche-del-falletto-di-serralunga-dalba-white-label-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-bruno-giacosa-barolo-falletto-di-serralunga-dalba-white-label-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-bruno-giacosa-barolo-falletto-di-serralunga-dalba-white-label-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-bruno-giacosa-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1988-bruno-giacosa-riserva-barbaresco-santo-stefano-red-label-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bruno-giacosa-barbaresco-riserva-santo-stefano-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bruno-giacosa-barolo-riserva-le-rocche-del-falletto-1996-750ml-red-label" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bruno-giacosa-barolo-riserva-le-rocche-del-falletto-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-bruno-giacosa-barolo-falletto-le-rocche-del-falletto-riserva-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bruno-giacosa-barolo-riserva-le-rocche-del-falletto-1996-1-5l-red-label" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-bruno-giacosa-barolo-falletto-vigna-le-rocche-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1999-bruno-giacosa-barbaresco-santo-stefano-di-neive-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2001-bruno-giacosa-barbaresco-santo-stefano-di-neive-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-bruno-giacosa-barbaresco-rabaja-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-caparzo-brunello-di-montalcino-riserva-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-cavallotto-barolo-bricco-boschis-piedmont-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1999-domenico-clerico-barolo-ginestra-ciabot-mentin-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-domenico-clerico-barolo-ginestra-ciabot-mentin-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-collazzi-ferro-dei-collazzi-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-elvio-cogno-barolo-ravera-piedmont-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-aldo-conterno-barolo-botlle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-giacomo-conterno-barolo-francia-cascina-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-giacomo-conterno-barolo-cerretta-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-aldo-conterno-barolo-colonnello-botlle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-aldo-conterno-barolo-colonnello-botlle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/giacomo-conterno-barolo-riserva-monfortino-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/giacomo-conterno-barolo-riserva-monfortino-2014-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/giacomo-conterno-barolo-riserva-monfortino-2002-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-giacomo-conterno-barolo-monfortino-riserva-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-giacomo-conterno-barolo-monfortino-riserva-d-magnum-3l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-conti-costanti-brunello-di-montalcino-riserva-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-castellare-di-castellina-sodi-san-niccolo-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-castellare-di-castellina-sodi-san-niccolo-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-fanti-brunello-di-montalcino-tuscany-d-mag-3-0l-1" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-fontodi-flaccianello-della-pieve-colli-della-toscana-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gaja-cosa-russi-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-gaja-sori-san-lorenzo-langhe-barbaresco-piedmont-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-gaja-sori-san-lorenzo-langhe-barbaresco-piedmont-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gaja-sori-san-lorenzo-2004-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-gaja-sori-san-lorenzo-langhe-barbaresco-piedmont-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/gaja-sori-tildin-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-galardi-terra-di-lavoro-campania-igt-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-giuseppe-rinaldi-barolo-brunate-le-coste-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-giuseppe-rinaldi-barolo-tre-tine-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-giuseppe-rinaldi-barolo-tre-tine-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-san-giusto-a-rentennano-percarlo-sangiovese-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/luciano-sandrone-barolo-le-vigne-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-luciano-sandrone-le-vigne-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-luciano-sandrone-barolo-vigne-piedmont-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-masseto-toscana-tuscany-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-masseto-toscana-tuscany-d-magnum-3l-owc-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-masseto-toscana-tuscany-6ltr-owc-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/masseto-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/masseto-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-le-macchiole-messorio-toscana-igt-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-le-macchiole-messorio-toscana-igt-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-le-macchiole-paleo-rosso-toscana-igt-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-le-macchiole-paleo-rosso-toscana-igt-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-ornellaia-bolgheri-bianco-tuscana-magnum-1-5l-banded-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-ornellaia-bolgheri-bianco-tuscana-magnum-1-5l-banded-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ornellaia-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ornellaia-2005-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-aldo-conterno-barolo-bussia-granbussia-riserva-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-le-macchiole-paleo-rosso-toscana-igt-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-querciabella-camartina-igt-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-bartolo-mascarello-barolo-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-tua-rita-redigaffi-7-toscana-tuscany-magnum-1-5l-oc-only-420-made" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-tua-rita-redigaffi-toscana-tuscany-bottle-750ml-faded-label" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-rizzi-barbaresco-boito-riserva-piedmont-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-giovanni-rosso-barolo-cerretta-piedmont-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-giovanni-rosso-barolo-cerretta-piedmont-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-giovanni-rosso-barolo-la-serra-piedmont-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-giovanni-rosso-barolo-la-serra-piedmont-magnum-1-5l-1" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-salicutti-brunello-di-montalcino-piaggione-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-salicutti-brunello-di-montalcino-piaggione-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-salicutti-brunello-di-montalcino-piaggione-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-sassicaia-tenuta-san-guido-bolgheri-tuscany-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-sassicaia-tenuta-san-guido-bolgheri-tuscany-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-sassicaia-tenuta-san-guido-bolgheri-tuscany-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-sassicaia-tenuta-san-guido-bolgheri-tuscany-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2015-6-pack-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sassicaia-2016-6-pack-750ml-banded" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/antinori-solaia-toscana-igt-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-val-di-suga-brunello-di-montalcino-vigna-del-lago-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-talenti-brunello-di-montalcino-pian-di-conte-riserva-tuscany-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-talenti-brunello-di-montalcino-pian-di-conte-riserva-tuscany-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-talenti-brunello-di-montalcino-piero-tuscany-magnum-1-5l-1" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-tenuta-di-trinoro-campo-di-camagi-cabernet-franc-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-tenuta-di-trinoro-campo-di-tenaglia-cabernet-franc-tuscany-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-roberto-voerzio-rocche-dellannunziata-torriglione-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-roberto-voerzio-cerequio-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-roberto-voerzio-cerequio-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1997-gianni-voerzio-la-serra-barolo-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-saumur-champigny-clos-rougeard-loire-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/paul-avril-clos-des-papes-chateauneuf-du-pape-2007-3-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chapoutier-le-pavillon-1990-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chave-hermitage-blanc-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-domaine-jean-louis-chave-hermitage-blanc-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-guigal-cote-rotie-chateau-dampuis-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-e-guigal-cote-rotie-la-mouline-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-e-guigal-cote-rotie-la-mouline-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-e-guigal-cote-rotie-la-turque-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/guigal-ex-voto-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-de-marcoux-chateauneuf-du-pape-vieilles-vignes-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-domaine-de-marcoux-chateauneuf-du-pape-vieilles-vignes-bottle-750ml-slightly-cracked-capsule-exposed-cork" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-domaine-de-la-mordoree-chateauneuf-du-pape-la-reine-des-bois-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-donnhoff-niederhauser-hermannshohle-riesling-spatlese-nr12-nahe-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-joh-jos-prum-wehlener-sonnenuhr-riesling-sp-tlese-nr11-mosel-half-bottle-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-joh-jos-prum-wehlener-sonnenuhr-riesling-auslese-goldkapsel-versteigerung-nr12-mosel-half-bottle-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-joh-jos-prum-graacher-himmelreich-riesling-auslese-nr17-mosel-half-bottle-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-joh-jos-prum-wehlener-sonnenuhr-riesling-auslese-nr20-mosel-half-bottle-375ml" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-clos-erasmus-priorat-catalunya-bottle-750ml-only-3000-bottles-produced" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-clos-erasmus-priorat-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-comando-g-la-brena-vinos-de-madrid-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-comando-g-la-brena-vinos-de-madrid-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-comando-g-la-brena-vinos-de-madrid-case-of-3btls" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/olivier-riviere-rioja-losares-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-dominio-de-pingus-ribera-del-duero-flor-de-pingus-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-dominio-de-pingus-ribera-del-duero-flor-de-pingus-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-dominio-de-pingus-ribera-del-duero-pingus-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-dominio-de-pingus-ribera-del-duero-magnum-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominio-de-pingus-pingus-2020-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-dominio-de-pingus-ribera-del-duero-pingus-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-dominio-de-pingus-ribera-del-duero-pingus-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-dominio-de-pingus-ribera-del-duero-pingus-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-torres-conca-de-barbera-grans-muralles-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-torres-penedes-mas-la-plana-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-vega-sicilia-tinto-valbuena-5-ribera-del-duero-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-vina-sastre-ribera-del-duero-pesus-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/faethm-fingers-crossed-life-and-death-2-grenache-2-syrah-2-white-2022-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-stockholm-syndrome-syrah-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-the-antagonists-1998-1-5l-missing-wax-capsule" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-jusqu-a-los-grenache-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-syrah-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-sine-qua-non-sqn-eleven-confessions-collector-syrah-grenache-case-of-2-d-magnum-12-sets-produced" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-2021-3-syrah-3-grenache-assortment-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-sine-qua-non-sqn-five-shooter-syrah-california-bottle-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-profuga-grenache-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-distenta-i-grenache-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-distenta-ii-grenache-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-distenta-iii-grenache-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-heart-of-chorea-2002-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-into-the-dark-2004-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-naked-truth-grenache-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-the-third-twin-nuestra-senora-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-next-of-kyn-cumulus-vineyard-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-next-of-kyn-cumulus-vineyard-no-11-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-next-of-kyn-cumulus-vineyard-no-13-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-next-of-kyn-cumulus-vineyard-no-14-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-sine-qua-non-sqn-cumulus-vineyard-next-of-kyn-central-coast-california-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-next-of-kyn-cumulus-vineyard-2007-collector-owc-3-bottles-1-magnum-rare-first-vintage" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-2004-6-pack-owc-750ml-ode-to-e-grenache-syrah-3-each" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-omadhaun-poltroon-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-poker-face-into-the-dark-set-2004-2-pack-owc-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-stein-grenache-2012-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-eleven-confessions-stockholm-syndrome-grenache-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-distenta-ii-syrah-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-ziehharmonika-syrah-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-the-third-twin-graciano-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-the-third-twin-graciano-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sine-qua-non-sqn-the-third-twin-graciano-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/abreu-las-posadas-proprietary-red-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-accendo-cellars-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-accendo-cellars-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/andremily-mourvedre-2017-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-eisele-vineyard-altagracia-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-bella-oaks-vineyard-proprietary-red-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-beringer-private-reserve-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-beringer-private-reserve-cabernet-sauvignon-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-blankiet-estate-paradise-hills-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-blankiet-estate-paradise-hills-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-blankiet-estate-paradise-hills-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-blankiet-estate-paradise-hills-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-blankiet-estate-rive-droite-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-blankiet-estate-rive-droite-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-blankiet-estate-paradise-hills-vineyard-mythicus-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-blankiet-estate-paradise-hills-vineyard-mythicus-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2006-5-pack-owc-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2007-5-pack-owc-1-5l-eden-vecina-melbury-pluribus-quella" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2009-5-pack-owc-1-5l-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2010-5-pack-owc-1-5l-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2011-5-pack-owc-1-5l-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2012-5-pack-owc-1-5l-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2013-5-pack-owc-1-5l-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2006-5-pack-owc-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2007-5-pack-owc-eden-vecina-melbury-pluribus-quella" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2011-5-pack-owc-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2012-5-pack-owc-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-bond-terroir-portfolio-napa-valley-case-of-5-btls-melbury-st-eden-pluribus-quella-vecina" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2002-6-pack-owc-750ml-eden-vecina-melbury" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-assortment-case-2003-8-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-bond-melbury-napa-valley-bottle-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-bond-melbury-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bond-melbury-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-melbury-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-pluribus-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-pluribus-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bond-pluribus-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-pluribus-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-bond-pluribus-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-pluribus-2011-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-bond-quella-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-quella-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-bond-quella-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2003-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2008-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bond-st-eden-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2019-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-st-eden-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-vecina-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-vecina-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-vecina-2016-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bond-vecina-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-vecina-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bond-matriarch-napa-valley-bottle-750ml-wine-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2012-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2013-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bond-matriarch-2014-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-brand-cabernet-sauvignon-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-bryant-family-vineyard-db4-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-db4-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-1994-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2002-750ml-slightly-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2004-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-bryant-family-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2016-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-2017-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-bryant-family-vineyard-cabernet-sauvignon-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-vineyard-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-vineyard-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-vineyard-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-proprietary-red-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-proprietary-red-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/bryant-family-bettina-proprietary-red-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-bryant-family-vineyard-bettina-bryant-red-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-bryant-family-vineyard-bettina-bryant-red-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-bryant-family-vineyard-bettina-bryant-red-napa-valley-magnum-1-5l-first-vintage" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-bryant-family-vineyard-bettina-bryant-red-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-bryant-family-vineyard-bettina-bryant-red-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cardinale-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cardinale-estate-red-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/caymus-special-selection-2004-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-caymus-special-selection-cabernet-sauvignon-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2001-chappellet-pritchard-hill-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/chappellet-cabernet-sauvignon-pritchard-hill-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chappellet-pritchard-hill-cabernet-sauvignon-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-chappellet-signature-cabernet-sauvignon-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/napa-valley-wine-gift-set" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cliff-lede-poetry-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2016-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-colgin-cellars-cariad-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2016-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2017-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-colgin-cellars-cariad-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2003-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2007-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-cariad-2010-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-colgin-cellars-tychson-hill-napa-valley-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2010-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-tychson-hill-2012-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-herb-lamb-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-herb-lamb-1998-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-colgin-cellars-ix-estate-red-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-colgin-cellars-ix-estate-red-napa-valley-magnum-1-5l-etched-rare-non-production-format" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2007-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2008-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2010-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/colgin-ix-estate-2012-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-continuum-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/continuum-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-continuum-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/continuum-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-continuum-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/continuum-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-continuum-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/continuum-2012-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/continuum-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-dalla-valle-collina-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-dalla-valle-collina-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-dalla-valle-maya-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dalla-valle-maya-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-dalla-valle-maya-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-dana-estates-cabernet-sauvignon-onda-doro-napa-valley-magnum-1-5l-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-dana-estates-helms-vineyard-cabernet-sauvignon-rutherford-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-cabernet-sauvignon-2017-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2018-3-pk-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-helms-vineyard-2019-3-pk-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-hershey-cabernet-vineyard-sauvignon-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-hershey-vineyard-2010-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-hershey-vineyard-cabernet-sauvignon-2015-3-pk-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-hershey-vineyard-cabernet-sauvignon-2019-3-pk-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-dana-estates-hershey-vineyard-cabernet-sauvignon-howell-mountain-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-cabernet-sauvignon-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-dana-estates-lotus-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2015-1-pack-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2018-1-pack-owc-1-5l-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-lotus-vineyard-2017-3-pk-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-dana-estates-lotus-vineyard-cabernet-sauvignon-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-2019-dana-estates-lotus-vineyard-cabernet-sauvignon-vertical-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dana-estate-cabernet-sauvignon-onda-vineyard-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-david-arthur-elevation-1147-cabernet-sauvignon-napa-valley-bottle-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-the-debate-denali-vineyard-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1989-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1994-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1994-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1994-3-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-dominus-estate-christian-moueix-napa-valley-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2018-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1997-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-1999-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-dominus-estate-christian-moueix-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2008-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/dominus-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/eisele-vineyard-cabernet-sauvignon-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/eisele-vineyard-cabernet-sauvignon-2020-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/eisele-vineyard-cabernet-sauvignon-2020-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-fairchild-g-iii-cabernet-sauvignon-napa-valley-bottle-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-fairchild-g-iii-cabernet-sauvignon-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/fairchild-cabernet-sauvignon-beckstoffer-giii-2013-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-fairchild-g-iii-cabernet-sauvignon-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/fairchild-estate-sigaro-pritchard-hill-2013-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/fairchild-cabernet-sauvignon-stones-no-1-las-piedras-vineyard-2013-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/fairchild-cabernet-sauvignon-stones-no-1-beckstoffer-las-piedras-no-1-2013-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-fantesca-red-all-great-things-mercy-napa-valley-d-magnum-3l-wine-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-fait-main-cabernet-sauvignon-beckstoffer-las-piedras-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/favia-la-magdalena-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-favia-la-magdalena-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-cabernet-sauvignon-5500-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-cabernet-sauvignon-5500-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-futo-5500-cabernet-sauvignon-stags-leap-district-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-estate-oakville-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-estate-oakville-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-futo-estate-oakville-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-futo-estate-oakville-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-futo-estate-oakville-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-ov-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-ov-sl-estate-red-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-ov-sl-estate-red-2017-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/futo-ov-sl-estate-2012-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-grace-family-vineyards-cabernet-sauvignon-napa-valley-bottle-750ml-torn-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/grace-family-cabernet-sauvignon-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-grace-family-vineyards-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-1992-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-1997-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2015-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2017-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-harlan-estate-napa-valley-bottle-750ml-slightly-bin-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2015-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2017-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2019-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2017-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2006-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2012-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2017-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2018-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/harlan-estate-2020-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2008-1-5l-owc-rare-first-vintage" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2013-1-5l-owc-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2015-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-proprietary-red-2019-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2016-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2016-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2018-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/promontory-penultimate-2019-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hobbs-beckstoffer-to-kalon-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-paul-hobbs-beckstoffer-to-kalon-vineyard-cabernet-sauvignon-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-paul-hobbs-beckstoffer-dr-crane-vineyard-cabernet-sauvignon-st-helena-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-paul-hobbs-beckstoffer-dr-crane-vineyard-cabernet-sauvignon-st-helena-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-paul-hobbs-beckstoffer-dr-crane-vineyard-cabernet-sauvignon-st-helena-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/paul-hobbs-cabernet-sauvignon-beckstoffer-dr-crane-vineyard-2012-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-paul-hobbs-beckstoffer-dr-crane-vineyard-cabernet-sauvignon-st-helena-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-paul-hobbs-beckstoffer-dr-crane-vineyard-cabernet-sauvignon-st-helena-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-paul-hobbs-cabernet-sauvignon-nathan-coombs-estate-coombsville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-paul-hobbs-cabernet-sauvignon-nathan-coombs-estate-coombsville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-paul-hobbs-cabernet-sauvignon-nathan-coombs-estate-coombsville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-paul-hobbs-cabernet-sauvignon-nathan-coombs-estate-coombsville-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/paul-hobbs-cabernet-sauvignon-beckstoffer-las-piedras-vineyard-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-wraith-crypt-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-hundred-acre-wraith-crypt-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-hundred-acre-the-ark-vineyard-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-hundred-acre-the-ark-vineyard-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-ark-2018-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-hundred-acre-few-and-far-between-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-few-and-far-between-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2018-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-few-and-far-between-napa-valley-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-few-far-between-vineyard-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-few-and-far-between-2010-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-few-and-far-between-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-kayli-morgan-vineyard-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2007-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-kayli-morgan-vineyard-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-kayli-morgan-2010-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-wraith-holy-quest-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-wraith-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-wraith-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-wraith-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-wraith-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-hundred-acre-wraith-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/hundred-acre-wraith-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/kapcsandy-grand-vin-state-lane-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/kapcsandy-estate-cuvee-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-kapcsandy-family-winery-state-lane-vineyard-estate-cuvee-yountville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-kapcsandy-family-winery-robertas-reserve-yountville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/kapcsandy-robertas-reserve-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-kapcsandy-family-winery-robertas-reserve-yountville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-kapcsandy-family-winery-rapszodia-yountville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-lail-vineyards-j-daniel-cuvee-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levy-mcclellan-cabernet-sauvignon-2016-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levy-mcclellan-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/levy-mcclellan-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-levy-mcclellan-red-napa-valley-bottle-750ml-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-levy-mcclellan-ltd-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lokoya-cabernet-sauvignon-howell-mountain-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-lokoya-cabernet-sauvignon-spring-mountain-district-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-lokoya-cabernet-sauvignon-spring-mountain-district-bottle-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lokoya-spring-mountain-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lokoya-cabernet-sauvignon-spring-mountain-2013-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/lokoya-cabernet-sauvignon-mount-veeder-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-lokoya-cabernet-sauvignon-mount-veeder-etched-5ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-lokoya-cabernet-sauvignon-mt-veeder-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-lokoya-cabernet-sauvignon-mt-veeder-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-merus-cabernet-sauvignon-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-morlet-family-vineyards-estate-cabernet-sauvignon-st-helena-napa-valley-d-magnum-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-morlet-cabernet-sauvignon-coeur-de-vallee-napa-valley-d-mag-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/morlet-passione-ment-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-morlet-family-vineyards-estate-cabernet-sauvignon-prix-du-jury-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/montelena-estate-cabernet-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-1996-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-1996-750ml-soiled-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2000-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-opus-one-napa-valley-bottle-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2003-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2014-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-opus-one-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2016-3-pack-owc-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-1994-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2000-6-pack-750ml-owc-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2002-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2004-6-pack-750ml-owc-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2006-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2010-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2011-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2012-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2014-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2015-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2016-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2017-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2019-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/opus-one-2021-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2022-opus-one-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-ovid-experiment-no-b5-9-red-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-ovid-experiment-no-f2-7-red-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-ovid-experiment-no-n4-9-red-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-ovid-experiment-no-p505-red-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-ovid-red-wine-experiment-p4-9-napa-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ovid-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-ovid-red-wine-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-ovid-red-wine-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-ovid-red-wine-napa-valley-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ovid-proprietary-red-2018-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2007-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2008-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-estate-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2005-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/peter-michael-les-pavots-2006-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-backus-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2002-joseph-phelps-backus-vineyard-cabernet-sauvignon-oakville-bottle-750ml-nicked-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-cabernet-sauvignon-backus-vineyard-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-cabernet-sauvignon-backus-vineyard-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-cabernet-sauvignon-backus-vineyard-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-cabernet-sauvignon-backus-vineyard-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-joseph-phelps-backus-vineyard-cabernet-sauvignon-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-joseph-phelps-backus-vineyard-cabernet-sauvignon-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-joseph-phelps-backus-vineyard-cabernet-sauvignon-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-cabernet-sauvignon-backus-vineyard-2014-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1985-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1981-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-5ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-5ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1983-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-5ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1982-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1983-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1984-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1985-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1986-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1987-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/1989-joseph-phelps-eisele-vineyard-cabernet-sauvignon-napa-valley-6ltr-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/cabernet-sauvignon" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2001-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2002-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2004-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2006-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-joseph-phelps-insignia-napa-valley-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/joseph-phelps-insignia-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-joseph-phelps-insignia-napa-valley-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/plumpjack-reserve-cabernet-sauvignon-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-plumpjack-cabernet-sauvignon-reserve-oakville-6ltr" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/quintessa-proprietary-red-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-quintessa-proprietary-red-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-quintessa-proprietary-red-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/realm-the-absurd-2005-3-pack-owc-750ml-first-vintage-assortment-case-1-label-each-gardener-birdwatcher-magician" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/realm-cabernet-sauvignon-farella-coombsville-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/realm-cabernet-sauvignon-houyi-vineyard-pritchard-hill-2017-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/realm-cabernet-sauvignon-houyi-vineyard-pritchard-hill-2018-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/realm-cabernet-sauvignon-estate-the-moonracer-2021-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ridge-monte-bello-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-ridge-california-monte-bello-santa-cruz-mountains-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/ridge-monte-bello-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-rudd-leslies-blend-mount-veeder-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2018-rudd-leslies-blend-mount-veeder-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-rudd-estate-red-oakville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-rudd-estate-red-oakville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-rudd-estate-red-oakville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-rudd-estate-red-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-rudd-estate-red-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2010-saxum-broken-stones-syrah-paso-robles-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/saxum-broken-stones-syrah-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-saxum-broken-stones-syrah-paso-robles-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2011-saxum-terry-hoage-vineyard-paso-robles-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-saxum-terry-hoage-vineyard-paso-robles-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2012-1-5l-owc-etched" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2013-1-5l-owc-etched" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-scarecrow-cabernet-sauvignon-rutherford-bottle-750ml-top-shoulder" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2017-3-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2006-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2008-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/scarecrow-2017-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-beckstoffer-to-kalon-ccs-2007-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-beckstoffer-to-kalon-ccs-2005-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-heritage-clone-to-kalon-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-to-kalon-monastery-block-mb-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-mx-etched-2001-1-5l-300-produced" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-old-sparky-2006-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-old-sparky-2008-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-original-beckstoffer-to-kalon-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2012-schrader-cellars-beckstoffer-to-kalon-vineyard-cabernet-sauvignon-napa-valley-d-magnum-3l" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-original-beckstoffer-to-kalon-2007-6-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/schrader-beckstoffer-to-kalon-t6-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2014-750ml-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2022-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2005-2-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2007-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2008-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2009-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2013-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2014-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2018-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-2019-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2007-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2017-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2021-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2016-3-pack-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2018-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2020-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-the-flight-2021-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-second-flight-2013-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-1995-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-1997-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-1998-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-1999-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2008-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-shafer-hillside-select-stags-leap-district-bottle-750ml-slightly-scuffed-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-shafer-hillside-select-stags-leap-district-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2005-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/shafer-hillside-select-2009-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2004-sloan-asterisk-rutherford-bottle-750ml-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-asterisk-2005-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-sloan-asterisk-rutherford-bottle-750ml-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-sloan-asterisk-rutherford-bottle-750ml-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2001-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2002-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2004-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2006-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2009-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-sloan-proprietary-red-rutherford-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2000-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2001-sloan-proprietary-red-rutherford-magnum-1-5l-owc-rare-first-vintage-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2005-sloan-proprietary-red-rutherford-magnum-1-5l-owc-rare-first-vintage-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-sloan-proprietary-red-rutherford-magnum-1-5l-owc-rare-first-vintage-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-sloan-proprietary-red-rutherford-magnum-1-5l-owc-rare-first-vintage-winery-direct" TargetMode="External"/><Relationship Id="rId_hyperlink_1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2007-sloan-proprietary-red-rutherford-d-magnum-3l-winery-direct-extremely-rare-format" TargetMode="External"/><Relationship Id="rId_hyperlink_1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2014-sloan-proprietary-red-rutherford-d-magnum-3l-winery-direct-extremely-rare-format" TargetMode="External"/><Relationship Id="rId_hyperlink_1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-sloan-proprietary-red-rutherford-d-magnum-3l-winery-direct-extremely-rare-format" TargetMode="External"/><Relationship Id="rId_hyperlink_1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2001-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2002-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2004-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2006-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2011-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2016-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2017-sloan-proprietary-red-rutherford-case-of-3-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/sloan-2007-6-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-spottswoode-cabernet-sauvignon-st-helena-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2010-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2011-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2003-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/spottswoode-estate-cabernet-sauvignon-2013-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2016-spottswoode-cabernet-sauvignon-st-helena-case-of-6-btls" TargetMode="External"/><Relationship Id="rId_hyperlink_1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2019-tench-vineyards-cabernet-sauvignon-oakville-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/the-vineyardist-cabernet-sauvignon-2013-750ml-future" TargetMode="External"/><Relationship Id="rId_hyperlink_1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-la-joie-2015-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-la-joie-2016-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-la-joie-2019-3-0l" TargetMode="External"/><Relationship Id="rId_hyperlink_1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-la-muse-2019-3-0l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-verite-le-desir-sonoma-county-bottle-750ml-rare-first-vintage" TargetMode="External"/><Relationship Id="rId_hyperlink_1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2006-verite-le-desir-sonoma-county-bottle-750ml-wine-stained-label-from-broken-bottle" TargetMode="External"/><Relationship Id="rId_hyperlink_1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-le-desir-2013-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-le-desir-2016-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-le-desir-2002-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/verite-le-desir-2013-1-5l-owc" TargetMode="External"/><Relationship Id="rId_hyperlink_1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2000-verite-le-desir-sonoma-county-case-of-3-btls-rare-first-vintage" TargetMode="External"/><Relationship Id="rId_hyperlink_1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2013-vine-hill-ranch-vhr-cabernet-sauvignon-oakville-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2015-vineyard-29-29-estate-cabernet-sauvignon-st-helena-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/the-vineyard-house-h-w-crabbs-to-kalon-vineyard-cabernet-sauvignon-2018-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/the-vineyard-house-h-w-crabbs-to-kalon-vineyard-cabernet-sauvignon-2019-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-aubert-chardonnay-lauren-sonoma-coast-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-aubert-chardonnay-lauren-sonoma-coast-magnum-1-5l-slightly-stained-label" TargetMode="External"/><Relationship Id="rId_hyperlink_1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2008-aubert-larry-hyde-sons-chardonnay-los-carneros-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2009-aubert-larry-hyde-sons-chardonnay-los-carneros-magnum-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/aubert-larry-hyde-sons-chardonnay-2010-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/aubert-larry-hyde-chardonnay-2012-1-5l" TargetMode="External"/><Relationship Id="rId_hyperlink_1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-morlet-chardonnay-coup-de-coeur-sonoma-coast-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-morlet-family-vineyards-la-proportion-doree-sonoma-county-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-morlet-family-vineyards-la-proportion-doree-sonoma-county-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-morlet-chardonnay-ma-douce-california-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-morlet-chardonnay-ma-douce-california-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/morlet-ma-princesse-chardonnay-2020-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-peter-michael-la-carriere-knights-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-peter-michael-mon-plaisir-knights-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2021-peter-michael-mon-plaisir-knights-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/2020-peter-michael-ma-belle-fille-knights-valley-bottle-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-sauvignon-blanc-2012-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-sauvignon-blanc-2015-3-pack-owc-750ml" TargetMode="External"/><Relationship Id="rId_hyperlink_1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandcruliquidassets.com/products/screaming-eagle-sauvignon-blanc-2021-3-pack-owc-750ml" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1524"/>
+  <dimension ref="A1:G1523"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -13449,28715 +13446,28694 @@
       <c r="A261" t="s">
         <v>12</v>
       </c>
       <c r="B261">
         <v>1986</v>
       </c>
       <c r="C261" t="s">
         <v>534</v>
       </c>
       <c r="D261">
         <v>8</v>
       </c>
       <c r="E261" t="s">
         <v>9</v>
       </c>
       <c r="F261" t="s">
         <v>240</v>
       </c>
       <c r="G261"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
         <v>12</v>
       </c>
       <c r="B262">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="C262" t="s">
         <v>535</v>
       </c>
       <c r="D262">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>9</v>
       </c>
       <c r="F262" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="G262"/>
+        <v>240</v>
+      </c>
+      <c r="G262" t="s">
+        <v>536</v>
+      </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
         <v>12</v>
       </c>
       <c r="B263">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="C263" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D263">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E263" t="s">
         <v>9</v>
       </c>
       <c r="F263" t="s">
-        <v>240</v>
+        <v>538</v>
       </c>
       <c r="G263" t="s">
-        <v>537</v>
+        <v>348</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>12</v>
       </c>
       <c r="B264">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="C264" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D264">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>9</v>
       </c>
       <c r="F264" t="s">
-        <v>539</v>
+        <v>31</v>
       </c>
       <c r="G264" t="s">
-        <v>348</v>
+        <v>540</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>12</v>
       </c>
       <c r="B265">
         <v>1990</v>
       </c>
       <c r="C265" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D265">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="E265" t="s">
         <v>9</v>
       </c>
       <c r="F265" t="s">
-        <v>31</v>
+        <v>542</v>
       </c>
       <c r="G265" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
         <v>12</v>
       </c>
       <c r="B266">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="C266" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D266">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E266" t="s">
         <v>9</v>
       </c>
       <c r="F266" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="G266" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
         <v>12</v>
       </c>
       <c r="B267">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="C267" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D267">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E267" t="s">
         <v>9</v>
       </c>
       <c r="F267" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="G267" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
         <v>12</v>
       </c>
       <c r="B268">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="C268" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="D268">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E268" t="s">
         <v>9</v>
       </c>
       <c r="F268" t="s">
-        <v>549</v>
+        <v>112</v>
       </c>
       <c r="G268" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
         <v>12</v>
       </c>
       <c r="B269">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C269" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D269">
         <v>12</v>
       </c>
       <c r="E269" t="s">
         <v>9</v>
       </c>
       <c r="F269" t="s">
-        <v>112</v>
+        <v>333</v>
       </c>
       <c r="G269" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
         <v>12</v>
       </c>
       <c r="B270">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="C270" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D270">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E270" t="s">
         <v>9</v>
       </c>
       <c r="F270" t="s">
-        <v>333</v>
+        <v>114</v>
       </c>
       <c r="G270" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
         <v>12</v>
       </c>
       <c r="B271">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="C271" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D271">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="E271" t="s">
         <v>9</v>
       </c>
       <c r="F271" t="s">
-        <v>114</v>
+        <v>557</v>
       </c>
       <c r="G271" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
         <v>12</v>
       </c>
       <c r="B272">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C272" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D272">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="E272" t="s">
         <v>9</v>
       </c>
       <c r="F272" t="s">
-        <v>558</v>
+        <v>240</v>
       </c>
       <c r="G272" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
         <v>12</v>
       </c>
       <c r="B273">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C273" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D273">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E273" t="s">
         <v>9</v>
       </c>
       <c r="F273" t="s">
         <v>240</v>
       </c>
       <c r="G273" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
         <v>12</v>
       </c>
       <c r="B274">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C274" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D274">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E274" t="s">
         <v>9</v>
       </c>
       <c r="F274" t="s">
-        <v>240</v>
+        <v>29</v>
       </c>
       <c r="G274" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
         <v>12</v>
       </c>
       <c r="B275">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="C275" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D275">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E275" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F275" t="s">
-        <v>29</v>
+        <v>315</v>
       </c>
       <c r="G275" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
         <v>12</v>
       </c>
       <c r="B276">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="C276" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D276">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E276" t="s">
         <v>28</v>
       </c>
       <c r="F276" t="s">
-        <v>315</v>
+        <v>343</v>
       </c>
       <c r="G276" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
         <v>12</v>
       </c>
       <c r="B277">
-        <v>2009</v>
+        <v>1989</v>
       </c>
       <c r="C277" t="s">
         <v>568</v>
       </c>
       <c r="D277">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E277" t="s">
-        <v>28</v>
+        <v>569</v>
       </c>
       <c r="F277" t="s">
-        <v>343</v>
+        <v>493</v>
       </c>
       <c r="G277" t="s">
-        <v>565</v>
+        <v>348</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
         <v>12</v>
       </c>
       <c r="B278">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="C278" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D278">
         <v>1</v>
       </c>
       <c r="E278" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F278" t="s">
-        <v>493</v>
+        <v>572</v>
       </c>
       <c r="G278" t="s">
-        <v>348</v>
+        <v>566</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
         <v>12</v>
       </c>
       <c r="B279">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="C279" t="s">
+        <v>573</v>
+      </c>
+      <c r="D279">
+        <v>1</v>
+      </c>
+      <c r="E279" t="s">
         <v>571</v>
       </c>
-      <c r="D279">
-[...4 lines deleted...]
-      </c>
       <c r="F279" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="G279" t="s">
-        <v>567</v>
+        <v>553</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
         <v>12</v>
       </c>
       <c r="B280">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="C280" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D280">
         <v>1</v>
       </c>
       <c r="E280" t="s">
-        <v>572</v>
+        <v>39</v>
       </c>
       <c r="F280" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="G280" t="s">
-        <v>554</v>
+        <v>577</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
         <v>12</v>
       </c>
       <c r="B281">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="C281" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D281">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E281" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F281" t="s">
-        <v>577</v>
+        <v>129</v>
       </c>
       <c r="G281" t="s">
-        <v>578</v>
+        <v>562</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>12</v>
       </c>
       <c r="B282">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C282" t="s">
         <v>579</v>
       </c>
       <c r="D282">
         <v>2</v>
       </c>
       <c r="E282" t="s">
         <v>42</v>
       </c>
       <c r="F282" t="s">
-        <v>129</v>
+        <v>389</v>
       </c>
       <c r="G282" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>12</v>
       </c>
       <c r="B283">
-        <v>2009</v>
+        <v>1986</v>
       </c>
       <c r="C283" t="s">
         <v>580</v>
       </c>
       <c r="D283">
         <v>2</v>
       </c>
       <c r="E283" t="s">
-        <v>42</v>
+        <v>154</v>
       </c>
       <c r="F283" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>581</v>
+      </c>
+      <c r="G283"/>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>12</v>
       </c>
       <c r="B284">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="C284" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D284">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E284" t="s">
         <v>154</v>
       </c>
       <c r="F284" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="G284"/>
+        <v>581</v>
+      </c>
+      <c r="G284" t="s">
+        <v>536</v>
+      </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>12</v>
       </c>
       <c r="B285">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="C285" t="s">
         <v>583</v>
       </c>
       <c r="D285">
         <v>1</v>
       </c>
       <c r="E285" t="s">
         <v>154</v>
       </c>
       <c r="F285" t="s">
-        <v>582</v>
+        <v>572</v>
       </c>
       <c r="G285" t="s">
-        <v>537</v>
+        <v>348</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>12</v>
       </c>
       <c r="B286">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="C286" t="s">
         <v>584</v>
       </c>
       <c r="D286">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E286" t="s">
         <v>154</v>
       </c>
       <c r="F286" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="G286" t="s">
-        <v>348</v>
+        <v>564</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
         <v>12</v>
       </c>
       <c r="B287">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C287" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D287">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="E287" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
       <c r="F287" t="s">
-        <v>586</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="G287"/>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
         <v>12</v>
       </c>
       <c r="B288">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="C288" t="s">
         <v>587</v>
       </c>
       <c r="D288">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E288" t="s">
         <v>9</v>
       </c>
       <c r="F288" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
       <c r="G288"/>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
         <v>12</v>
       </c>
       <c r="B289">
-        <v>2015</v>
+        <v>1995</v>
       </c>
       <c r="C289" t="s">
         <v>588</v>
       </c>
       <c r="D289">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E289" t="s">
         <v>9</v>
       </c>
       <c r="F289" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="G289"/>
+        <v>82</v>
+      </c>
+      <c r="G289" t="s">
+        <v>589</v>
+      </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
         <v>12</v>
       </c>
       <c r="B290">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="C290" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D290">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E290" t="s">
         <v>9</v>
       </c>
       <c r="F290" t="s">
-        <v>82</v>
+        <v>200</v>
       </c>
       <c r="G290" t="s">
-        <v>590</v>
+        <v>416</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
         <v>12</v>
       </c>
       <c r="B291">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="C291" t="s">
         <v>591</v>
       </c>
       <c r="D291">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E291" t="s">
         <v>9</v>
       </c>
       <c r="F291" t="s">
-        <v>200</v>
+        <v>43</v>
       </c>
       <c r="G291" t="s">
-        <v>416</v>
+        <v>592</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
         <v>12</v>
       </c>
       <c r="B292">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="C292" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D292">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E292" t="s">
         <v>9</v>
       </c>
       <c r="F292" t="s">
-        <v>43</v>
+        <v>257</v>
       </c>
       <c r="G292" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>12</v>
       </c>
       <c r="B293">
         <v>2005</v>
       </c>
       <c r="C293" t="s">
+        <v>595</v>
+      </c>
+      <c r="D293">
+        <v>1</v>
+      </c>
+      <c r="E293" t="s">
+        <v>9</v>
+      </c>
+      <c r="F293" t="s">
+        <v>245</v>
+      </c>
+      <c r="G293" t="s">
         <v>594</v>
-      </c>
-[...10 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>12</v>
       </c>
       <c r="B294">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="C294" t="s">
         <v>596</v>
       </c>
       <c r="D294">
         <v>1</v>
       </c>
       <c r="E294" t="s">
         <v>9</v>
       </c>
       <c r="F294" t="s">
-        <v>245</v>
+        <v>223</v>
       </c>
       <c r="G294" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>12</v>
       </c>
       <c r="B295">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="C295" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D295">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>9</v>
       </c>
       <c r="F295" t="s">
-        <v>223</v>
+        <v>409</v>
       </c>
       <c r="G295" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>12</v>
       </c>
       <c r="B296">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C296" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D296">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E296" t="s">
         <v>9</v>
       </c>
       <c r="F296" t="s">
-        <v>409</v>
+        <v>286</v>
       </c>
       <c r="G296" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
         <v>12</v>
       </c>
       <c r="B297">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C297" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D297">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="E297" t="s">
         <v>9</v>
       </c>
       <c r="F297" t="s">
-        <v>286</v>
+        <v>603</v>
       </c>
       <c r="G297" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
         <v>12</v>
       </c>
       <c r="B298">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C298" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D298">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="E298" t="s">
         <v>9</v>
       </c>
       <c r="F298" t="s">
-        <v>604</v>
+        <v>393</v>
       </c>
       <c r="G298" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
         <v>12</v>
       </c>
       <c r="B299">
-        <v>2021</v>
+        <v>1996</v>
       </c>
       <c r="C299" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D299">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E299" t="s">
-        <v>9</v>
+        <v>481</v>
       </c>
       <c r="F299" t="s">
-        <v>393</v>
+        <v>31</v>
       </c>
       <c r="G299" t="s">
-        <v>607</v>
+        <v>416</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
         <v>12</v>
       </c>
       <c r="B300">
         <v>1996</v>
       </c>
       <c r="C300" t="s">
         <v>608</v>
       </c>
       <c r="D300">
         <v>1</v>
       </c>
       <c r="E300" t="s">
-        <v>481</v>
+        <v>571</v>
       </c>
       <c r="F300" t="s">
-        <v>31</v>
+        <v>324</v>
       </c>
       <c r="G300" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
         <v>12</v>
       </c>
       <c r="B301">
         <v>1996</v>
       </c>
       <c r="C301" t="s">
         <v>609</v>
       </c>
       <c r="D301">
         <v>1</v>
       </c>
       <c r="E301" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F301" t="s">
-        <v>324</v>
+        <v>610</v>
       </c>
       <c r="G301" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
         <v>12</v>
       </c>
       <c r="B302">
-        <v>1996</v>
+        <v>2021</v>
       </c>
       <c r="C302" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D302">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E302" t="s">
-        <v>572</v>
+        <v>42</v>
       </c>
       <c r="F302" t="s">
-        <v>611</v>
+        <v>215</v>
       </c>
       <c r="G302" t="s">
-        <v>416</v>
+        <v>606</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
         <v>12</v>
       </c>
       <c r="B303">
-        <v>2021</v>
+        <v>1996</v>
       </c>
       <c r="C303" t="s">
         <v>612</v>
       </c>
       <c r="D303">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E303" t="s">
-        <v>42</v>
+        <v>154</v>
       </c>
       <c r="F303" t="s">
-        <v>215</v>
+        <v>402</v>
       </c>
       <c r="G303" t="s">
-        <v>607</v>
+        <v>416</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
         <v>12</v>
       </c>
       <c r="B304">
-        <v>1996</v>
+        <v>1986</v>
       </c>
       <c r="C304" t="s">
         <v>613</v>
       </c>
       <c r="D304">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E304" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
       <c r="F304" t="s">
-        <v>402</v>
+        <v>43</v>
       </c>
       <c r="G304" t="s">
-        <v>416</v>
+        <v>614</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
         <v>12</v>
       </c>
       <c r="B305">
-        <v>1986</v>
+        <v>1995</v>
       </c>
       <c r="C305" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D305">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="E305" t="s">
         <v>9</v>
       </c>
       <c r="F305" t="s">
-        <v>43</v>
+        <v>616</v>
       </c>
       <c r="G305" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
         <v>12</v>
       </c>
       <c r="B306">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="C306" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D306">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E306" t="s">
         <v>9</v>
       </c>
       <c r="F306" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="G306" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
         <v>12</v>
       </c>
       <c r="B307">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="C307" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="D307">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E307" t="s">
         <v>9</v>
       </c>
       <c r="F307" t="s">
-        <v>620</v>
+        <v>140</v>
       </c>
       <c r="G307" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
         <v>12</v>
       </c>
       <c r="B308">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="C308" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D308">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E308" t="s">
         <v>9</v>
       </c>
       <c r="F308" t="s">
-        <v>140</v>
+        <v>61</v>
       </c>
       <c r="G308" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
         <v>12</v>
       </c>
       <c r="B309">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="C309" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D309">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E309" t="s">
         <v>9</v>
       </c>
       <c r="F309" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="G309" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
         <v>12</v>
       </c>
       <c r="B310">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C310" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D310">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E310" t="s">
         <v>9</v>
       </c>
       <c r="F310" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="G310" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
         <v>12</v>
       </c>
       <c r="B311">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C311" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D311">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E311" t="s">
         <v>9</v>
       </c>
       <c r="F311" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G311" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
         <v>12</v>
       </c>
       <c r="B312">
-        <v>2021</v>
+        <v>1982</v>
       </c>
       <c r="C312" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D312">
         <v>1</v>
       </c>
       <c r="E312" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F312" t="s">
-        <v>58</v>
+        <v>215</v>
       </c>
       <c r="G312" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
         <v>12</v>
       </c>
       <c r="B313">
-        <v>1982</v>
+        <v>2004</v>
       </c>
       <c r="C313" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D313">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E313" t="s">
         <v>28</v>
       </c>
       <c r="F313" t="s">
-        <v>215</v>
+        <v>634</v>
       </c>
       <c r="G313" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
         <v>12</v>
       </c>
       <c r="B314">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="C314" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D314">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E314" t="s">
-        <v>28</v>
+        <v>571</v>
       </c>
       <c r="F314" t="s">
-        <v>635</v>
+        <v>382</v>
       </c>
       <c r="G314" t="s">
-        <v>636</v>
+        <v>620</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
         <v>12</v>
       </c>
       <c r="B315">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="C315" t="s">
         <v>637</v>
       </c>
       <c r="D315">
         <v>1</v>
       </c>
       <c r="E315" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F315" t="s">
-        <v>382</v>
+        <v>125</v>
       </c>
       <c r="G315" t="s">
-        <v>621</v>
+        <v>638</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
         <v>12</v>
       </c>
       <c r="B316">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="C316" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D316">
         <v>1</v>
       </c>
       <c r="E316" t="s">
-        <v>572</v>
+        <v>154</v>
       </c>
       <c r="F316" t="s">
-        <v>125</v>
+        <v>495</v>
       </c>
       <c r="G316" t="s">
-        <v>639</v>
+        <v>338</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
         <v>12</v>
       </c>
       <c r="B317">
-        <v>1989</v>
+        <v>1982</v>
       </c>
       <c r="C317" t="s">
         <v>640</v>
       </c>
       <c r="D317">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E317" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
       <c r="F317" t="s">
-        <v>495</v>
+        <v>641</v>
       </c>
       <c r="G317" t="s">
-        <v>338</v>
+        <v>149</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
         <v>12</v>
       </c>
       <c r="B318">
         <v>1982</v>
       </c>
       <c r="C318" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D318">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E318" t="s">
         <v>9</v>
       </c>
       <c r="F318" t="s">
-        <v>642</v>
+        <v>82</v>
       </c>
       <c r="G318" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
         <v>12</v>
       </c>
       <c r="B319">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="C319" t="s">
         <v>643</v>
       </c>
       <c r="D319">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E319" t="s">
         <v>9</v>
       </c>
       <c r="F319" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="G319" t="s">
-        <v>149</v>
+        <v>644</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
         <v>12</v>
       </c>
       <c r="B320">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="C320" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D320">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E320" t="s">
         <v>9</v>
       </c>
       <c r="F320" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="G320"/>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
         <v>12</v>
       </c>
       <c r="B321">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="C321" t="s">
         <v>646</v>
       </c>
       <c r="D321">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E321" t="s">
         <v>9</v>
       </c>
       <c r="F321" t="s">
-        <v>172</v>
+        <v>131</v>
       </c>
       <c r="G321"/>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
         <v>12</v>
       </c>
       <c r="B322">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="C322" t="s">
         <v>647</v>
       </c>
       <c r="D322">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E322" t="s">
         <v>9</v>
       </c>
       <c r="F322" t="s">
-        <v>131</v>
+        <v>300</v>
       </c>
       <c r="G322"/>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
         <v>12</v>
       </c>
       <c r="B323">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="C323" t="s">
         <v>648</v>
       </c>
       <c r="D323">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E323" t="s">
         <v>9</v>
       </c>
       <c r="F323" t="s">
-        <v>300</v>
+        <v>272</v>
       </c>
       <c r="G323"/>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
         <v>12</v>
       </c>
       <c r="B324">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="C324" t="s">
         <v>649</v>
       </c>
       <c r="D324">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E324" t="s">
         <v>9</v>
       </c>
       <c r="F324" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="G324"/>
+        <v>131</v>
+      </c>
+      <c r="G324" t="s">
+        <v>650</v>
+      </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
         <v>12</v>
       </c>
       <c r="B325">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C325" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D325">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E325" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F325" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="G325" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
         <v>12</v>
       </c>
       <c r="B326">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="C326" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D326">
         <v>1</v>
       </c>
       <c r="E326" t="s">
-        <v>42</v>
+        <v>154</v>
       </c>
       <c r="F326" t="s">
-        <v>10</v>
+        <v>311</v>
       </c>
       <c r="G326" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
         <v>12</v>
       </c>
       <c r="B327">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="C327" t="s">
         <v>654</v>
       </c>
       <c r="D327">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E327" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
       <c r="F327" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G327"/>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
         <v>12</v>
       </c>
       <c r="B328">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="C328" t="s">
         <v>655</v>
       </c>
       <c r="D328">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E328" t="s">
         <v>9</v>
       </c>
       <c r="F328" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G328"/>
+        <v>259</v>
+      </c>
+      <c r="G328" t="s">
+        <v>235</v>
+      </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
         <v>12</v>
       </c>
       <c r="B329">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="C329" t="s">
         <v>656</v>
       </c>
       <c r="D329">
         <v>11</v>
       </c>
       <c r="E329" t="s">
         <v>9</v>
       </c>
       <c r="F329" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G329"/>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
         <v>12</v>
       </c>
       <c r="B330">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="C330" t="s">
         <v>657</v>
       </c>
       <c r="D330">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="E330" t="s">
         <v>9</v>
       </c>
       <c r="F330" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G330"/>
+        <v>382</v>
+      </c>
+      <c r="G330" t="s">
+        <v>658</v>
+      </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
         <v>12</v>
       </c>
       <c r="B331">
-        <v>2018</v>
+        <v>2009</v>
       </c>
       <c r="C331" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D331">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="E331" t="s">
         <v>9</v>
       </c>
       <c r="F331" t="s">
-        <v>382</v>
+        <v>67</v>
       </c>
       <c r="G331" t="s">
-        <v>659</v>
+        <v>80</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
         <v>12</v>
       </c>
       <c r="B332">
-        <v>2009</v>
+        <v>1990</v>
       </c>
       <c r="C332" t="s">
         <v>660</v>
       </c>
       <c r="D332">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="E332" t="s">
         <v>9</v>
       </c>
       <c r="F332" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="G332" t="s">
-        <v>80</v>
+        <v>241</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
         <v>12</v>
       </c>
       <c r="B333">
         <v>1990</v>
       </c>
       <c r="C333" t="s">
         <v>661</v>
       </c>
       <c r="D333">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="E333" t="s">
         <v>9</v>
       </c>
       <c r="F333" t="s">
-        <v>55</v>
+        <v>662</v>
       </c>
       <c r="G333" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
         <v>12</v>
       </c>
       <c r="B334">
         <v>1990</v>
       </c>
       <c r="C334" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D334">
         <v>1</v>
       </c>
       <c r="E334" t="s">
         <v>9</v>
       </c>
       <c r="F334" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="G334" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
         <v>12</v>
       </c>
       <c r="B335">
-        <v>1990</v>
+        <v>2008</v>
       </c>
       <c r="C335" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D335">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E335" t="s">
         <v>9</v>
       </c>
       <c r="F335" t="s">
-        <v>665</v>
+        <v>203</v>
       </c>
       <c r="G335" t="s">
-        <v>241</v>
+        <v>149</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
         <v>12</v>
       </c>
       <c r="B336">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="C336" t="s">
         <v>666</v>
       </c>
       <c r="D336">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E336" t="s">
         <v>9</v>
       </c>
       <c r="F336" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="G336"/>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
         <v>12</v>
       </c>
       <c r="B337">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="C337" t="s">
         <v>667</v>
       </c>
       <c r="D337">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E337" t="s">
         <v>9</v>
       </c>
       <c r="F337" t="s">
         <v>300</v>
       </c>
       <c r="G337"/>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
         <v>12</v>
       </c>
       <c r="B338">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="C338" t="s">
         <v>668</v>
       </c>
       <c r="D338">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E338" t="s">
         <v>9</v>
       </c>
       <c r="F338" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="G338"/>
+        <v>393</v>
+      </c>
+      <c r="G338" t="s">
+        <v>669</v>
+      </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
         <v>12</v>
       </c>
       <c r="B339">
-        <v>2019</v>
+        <v>1990</v>
       </c>
       <c r="C339" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D339">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E339" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F339" t="s">
-        <v>393</v>
+        <v>31</v>
       </c>
       <c r="G339" t="s">
-        <v>670</v>
+        <v>241</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
         <v>12</v>
       </c>
       <c r="B340">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="C340" t="s">
         <v>671</v>
       </c>
       <c r="D340">
         <v>4</v>
       </c>
       <c r="E340" t="s">
         <v>28</v>
       </c>
       <c r="F340" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G340" t="s">
-        <v>241</v>
+        <v>672</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>12</v>
       </c>
       <c r="B341">
-        <v>1998</v>
+        <v>2019</v>
       </c>
       <c r="C341" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D341">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E341" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F341" t="s">
-        <v>34</v>
+        <v>215</v>
       </c>
       <c r="G341" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
         <v>12</v>
       </c>
       <c r="B342">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="C342" t="s">
         <v>674</v>
       </c>
       <c r="D342">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E342" t="s">
-        <v>42</v>
+        <v>154</v>
       </c>
       <c r="F342" t="s">
-        <v>215</v>
+        <v>675</v>
       </c>
       <c r="G342" t="s">
-        <v>670</v>
+        <v>149</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
         <v>12</v>
       </c>
       <c r="B343">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="C343" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D343">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E343" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
       <c r="F343" t="s">
-        <v>676</v>
+        <v>31</v>
       </c>
       <c r="G343" t="s">
-        <v>149</v>
+        <v>677</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
         <v>12</v>
       </c>
       <c r="B344">
-        <v>1998</v>
+        <v>2017</v>
       </c>
       <c r="C344" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D344">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E344" t="s">
         <v>9</v>
       </c>
       <c r="F344" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
       <c r="G344" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
         <v>12</v>
       </c>
       <c r="B345">
-        <v>2017</v>
+        <v>1998</v>
       </c>
       <c r="C345" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D345">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E345" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F345" t="s">
-        <v>110</v>
+        <v>681</v>
       </c>
       <c r="G345" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
         <v>12</v>
       </c>
       <c r="B346">
-        <v>1998</v>
+        <v>2017</v>
       </c>
       <c r="C346" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D346">
         <v>2</v>
       </c>
       <c r="E346" t="s">
-        <v>28</v>
+        <v>381</v>
       </c>
       <c r="F346" t="s">
-        <v>682</v>
+        <v>500</v>
       </c>
       <c r="G346" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
         <v>12</v>
       </c>
       <c r="B347">
         <v>2017</v>
       </c>
       <c r="C347" t="s">
         <v>683</v>
       </c>
       <c r="D347">
         <v>2</v>
       </c>
       <c r="E347" t="s">
-        <v>381</v>
+        <v>42</v>
       </c>
       <c r="F347" t="s">
         <v>500</v>
       </c>
       <c r="G347" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
         <v>12</v>
       </c>
       <c r="B348">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="C348" t="s">
         <v>684</v>
       </c>
       <c r="D348">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="E348" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F348" t="s">
-        <v>500</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="G348"/>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
         <v>12</v>
       </c>
       <c r="B349">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C349" t="s">
         <v>685</v>
       </c>
       <c r="D349">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="E349" t="s">
         <v>9</v>
       </c>
       <c r="F349" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="G349"/>
+        <v>168</v>
+      </c>
+      <c r="G349" t="s">
+        <v>686</v>
+      </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
         <v>12</v>
       </c>
       <c r="B350">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="C350" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D350">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E350" t="s">
         <v>9</v>
       </c>
       <c r="F350" t="s">
-        <v>168</v>
+        <v>688</v>
       </c>
       <c r="G350" t="s">
-        <v>687</v>
+        <v>320</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
         <v>12</v>
       </c>
       <c r="B351">
-        <v>2015</v>
+        <v>1996</v>
       </c>
       <c r="C351" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D351">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="E351" t="s">
         <v>9</v>
       </c>
       <c r="F351" t="s">
-        <v>689</v>
+        <v>619</v>
       </c>
       <c r="G351" t="s">
-        <v>320</v>
+        <v>35</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
         <v>12</v>
       </c>
       <c r="B352">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="C352" t="s">
         <v>690</v>
       </c>
       <c r="D352">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="E352" t="s">
         <v>9</v>
       </c>
       <c r="F352" t="s">
-        <v>620</v>
+        <v>691</v>
       </c>
       <c r="G352" t="s">
-        <v>35</v>
+        <v>692</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
         <v>12</v>
       </c>
       <c r="B353">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="C353" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="D353">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E353" t="s">
         <v>9</v>
       </c>
       <c r="F353" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="G353" t="s">
-        <v>693</v>
+        <v>65</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
         <v>12</v>
       </c>
       <c r="B354">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="C354" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D354">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E354" t="s">
         <v>9</v>
       </c>
       <c r="F354" t="s">
-        <v>695</v>
+        <v>192</v>
       </c>
       <c r="G354" t="s">
-        <v>65</v>
+        <v>241</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
         <v>12</v>
       </c>
       <c r="B355">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="C355" t="s">
         <v>696</v>
       </c>
       <c r="D355">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E355" t="s">
         <v>9</v>
       </c>
       <c r="F355" t="s">
-        <v>192</v>
+        <v>243</v>
       </c>
       <c r="G355" t="s">
-        <v>241</v>
+        <v>487</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
         <v>12</v>
       </c>
       <c r="B356">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="C356" t="s">
         <v>697</v>
       </c>
       <c r="D356">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E356" t="s">
         <v>9</v>
       </c>
       <c r="F356" t="s">
-        <v>243</v>
+        <v>698</v>
       </c>
       <c r="G356" t="s">
-        <v>487</v>
+        <v>699</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
         <v>12</v>
       </c>
       <c r="B357">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C357" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="D357">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E357" t="s">
         <v>9</v>
       </c>
       <c r="F357" t="s">
-        <v>699</v>
+        <v>10</v>
       </c>
       <c r="G357" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
         <v>12</v>
       </c>
       <c r="B358">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="C358" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D358">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E358" t="s">
         <v>9</v>
       </c>
       <c r="F358" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>703</v>
+      </c>
+      <c r="G358"/>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
         <v>12</v>
       </c>
       <c r="B359">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="C359" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D359">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E359" t="s">
         <v>9</v>
       </c>
       <c r="F359" t="s">
-        <v>704</v>
+        <v>172</v>
       </c>
       <c r="G359"/>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
         <v>12</v>
       </c>
       <c r="B360">
         <v>1999</v>
       </c>
       <c r="C360" t="s">
         <v>705</v>
       </c>
       <c r="D360">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E360" t="s">
         <v>9</v>
       </c>
       <c r="F360" t="s">
-        <v>172</v>
+        <v>148</v>
       </c>
       <c r="G360"/>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
         <v>12</v>
       </c>
       <c r="B361">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="C361" t="s">
         <v>706</v>
       </c>
       <c r="D361">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>9</v>
       </c>
       <c r="F361" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="G361"/>
+        <v>200</v>
+      </c>
+      <c r="G361" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
         <v>12</v>
       </c>
       <c r="B362">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="C362" t="s">
         <v>707</v>
       </c>
       <c r="D362">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E362" t="s">
         <v>9</v>
       </c>
       <c r="F362" t="s">
-        <v>200</v>
+        <v>165</v>
       </c>
       <c r="G362" t="s">
-        <v>149</v>
+        <v>708</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
         <v>12</v>
       </c>
       <c r="B363">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C363" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D363">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E363" t="s">
         <v>9</v>
       </c>
       <c r="F363" t="s">
         <v>165</v>
       </c>
       <c r="G363" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
         <v>12</v>
       </c>
       <c r="B364">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="C364" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D364">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="E364" t="s">
         <v>9</v>
       </c>
       <c r="F364" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="G364" t="s">
-        <v>711</v>
+        <v>35</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
         <v>12</v>
       </c>
       <c r="B365">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="C365" t="s">
         <v>712</v>
       </c>
       <c r="D365">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E365" t="s">
         <v>9</v>
       </c>
       <c r="F365" t="s">
-        <v>74</v>
+        <v>165</v>
       </c>
       <c r="G365" t="s">
-        <v>35</v>
+        <v>713</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
         <v>12</v>
       </c>
       <c r="B366">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C366" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D366">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E366" t="s">
         <v>9</v>
       </c>
       <c r="F366" t="s">
-        <v>165</v>
+        <v>300</v>
       </c>
       <c r="G366" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
         <v>12</v>
       </c>
       <c r="B367">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="C367" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D367">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="E367" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F367" t="s">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="G367" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
         <v>12</v>
       </c>
       <c r="B368">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="C368" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D368">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E368" t="s">
-        <v>28</v>
+        <v>154</v>
       </c>
       <c r="F368" t="s">
-        <v>10</v>
+        <v>402</v>
       </c>
       <c r="G368" t="s">
-        <v>718</v>
+        <v>149</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
         <v>12</v>
       </c>
       <c r="B369">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="C369" t="s">
         <v>719</v>
       </c>
       <c r="D369">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="E369" t="s">
         <v>154</v>
       </c>
       <c r="F369" t="s">
-        <v>402</v>
+        <v>681</v>
       </c>
       <c r="G369" t="s">
-        <v>149</v>
+        <v>710</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
         <v>12</v>
       </c>
       <c r="B370">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C370" t="s">
         <v>720</v>
       </c>
       <c r="D370">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E370" t="s">
         <v>154</v>
       </c>
       <c r="F370" t="s">
-        <v>682</v>
+        <v>125</v>
       </c>
       <c r="G370" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
         <v>12</v>
       </c>
       <c r="B371">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="C371" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D371">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E371" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
       <c r="F371" t="s">
-        <v>125</v>
+        <v>52</v>
       </c>
       <c r="G371" t="s">
-        <v>722</v>
+        <v>100</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
         <v>12</v>
       </c>
       <c r="B372">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C372" t="s">
         <v>723</v>
       </c>
       <c r="D372">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E372" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F372" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="G372" t="s">
-        <v>100</v>
+        <v>724</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
         <v>12</v>
       </c>
       <c r="B373">
-        <v>2017</v>
+        <v>1984</v>
       </c>
       <c r="C373" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D373">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="E373" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F373" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G373"/>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
         <v>12</v>
       </c>
       <c r="B374">
         <v>1984</v>
       </c>
       <c r="C374" t="s">
         <v>726</v>
       </c>
       <c r="D374">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E374" t="s">
         <v>9</v>
       </c>
       <c r="F374" t="s">
-        <v>10</v>
+        <v>245</v>
       </c>
       <c r="G374"/>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
         <v>12</v>
       </c>
       <c r="B375">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="C375" t="s">
         <v>727</v>
       </c>
       <c r="D375">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E375" t="s">
         <v>9</v>
       </c>
       <c r="F375" t="s">
-        <v>245</v>
+        <v>10</v>
       </c>
       <c r="G375"/>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
         <v>12</v>
       </c>
       <c r="B376">
         <v>1987</v>
       </c>
       <c r="C376" t="s">
         <v>728</v>
       </c>
       <c r="D376">
         <v>2</v>
       </c>
       <c r="E376" t="s">
         <v>9</v>
       </c>
       <c r="F376" t="s">
-        <v>10</v>
+        <v>257</v>
       </c>
       <c r="G376"/>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
         <v>12</v>
       </c>
       <c r="B377">
-        <v>1987</v>
+        <v>1993</v>
       </c>
       <c r="C377" t="s">
         <v>729</v>
       </c>
       <c r="D377">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="E377" t="s">
         <v>9</v>
       </c>
       <c r="F377" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="G377"/>
+        <v>370</v>
+      </c>
+      <c r="G377" t="s">
+        <v>320</v>
+      </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
         <v>12</v>
       </c>
       <c r="B378">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="C378" t="s">
         <v>730</v>
       </c>
       <c r="D378">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E378" t="s">
         <v>9</v>
       </c>
       <c r="F378" t="s">
         <v>370</v>
       </c>
       <c r="G378" t="s">
-        <v>320</v>
+        <v>731</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
         <v>12</v>
       </c>
       <c r="B379">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="C379" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D379">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E379" t="s">
         <v>9</v>
       </c>
       <c r="F379" t="s">
-        <v>370</v>
+        <v>733</v>
       </c>
       <c r="G379" t="s">
-        <v>732</v>
+        <v>149</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
         <v>12</v>
       </c>
       <c r="B380">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="C380" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D380">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="E380" t="s">
         <v>9</v>
       </c>
       <c r="F380" t="s">
-        <v>734</v>
+        <v>370</v>
       </c>
       <c r="G380" t="s">
-        <v>149</v>
+        <v>301</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
         <v>12</v>
       </c>
       <c r="B381">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="C381" t="s">
         <v>735</v>
       </c>
       <c r="D381">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="E381" t="s">
         <v>9</v>
       </c>
       <c r="F381" t="s">
-        <v>370</v>
+        <v>34</v>
       </c>
       <c r="G381" t="s">
-        <v>301</v>
+        <v>736</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
         <v>12</v>
       </c>
       <c r="B382">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="C382" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D382">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E382" t="s">
         <v>9</v>
       </c>
       <c r="F382" t="s">
         <v>34</v>
       </c>
       <c r="G382" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
         <v>12</v>
       </c>
       <c r="B383">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C383" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D383">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E383" t="s">
         <v>9</v>
       </c>
       <c r="F383" t="s">
         <v>34</v>
       </c>
       <c r="G383" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
         <v>12</v>
       </c>
       <c r="B384">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C384" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D384">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E384" t="s">
         <v>9</v>
       </c>
       <c r="F384" t="s">
-        <v>34</v>
+        <v>742</v>
       </c>
       <c r="G384" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
         <v>12</v>
       </c>
       <c r="B385">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C385" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="D385">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E385" t="s">
         <v>9</v>
       </c>
       <c r="F385" t="s">
-        <v>743</v>
+        <v>370</v>
       </c>
       <c r="G385" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
         <v>12</v>
       </c>
       <c r="B386">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C386" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D386">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E386" t="s">
         <v>9</v>
       </c>
       <c r="F386" t="s">
         <v>370</v>
       </c>
       <c r="G386" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
         <v>12</v>
       </c>
       <c r="B387">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C387" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D387">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="E387" t="s">
         <v>9</v>
       </c>
       <c r="F387" t="s">
-        <v>370</v>
+        <v>215</v>
       </c>
       <c r="G387" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
         <v>12</v>
       </c>
       <c r="B388">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C388" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D388">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>9</v>
       </c>
       <c r="F388" t="s">
-        <v>215</v>
+        <v>17</v>
       </c>
       <c r="G388" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
         <v>12</v>
       </c>
       <c r="B389">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C389" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D389">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E389" t="s">
         <v>9</v>
       </c>
       <c r="F389" t="s">
-        <v>17</v>
+        <v>545</v>
       </c>
       <c r="G389" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
         <v>12</v>
       </c>
       <c r="B390">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C390" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D390">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E390" t="s">
         <v>9</v>
       </c>
       <c r="F390" t="s">
-        <v>546</v>
+        <v>122</v>
       </c>
       <c r="G390" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
         <v>12</v>
       </c>
       <c r="B391">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="C391" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D391">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E391" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F391" t="s">
-        <v>122</v>
+        <v>610</v>
       </c>
       <c r="G391" t="s">
-        <v>756</v>
+        <v>740</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
         <v>12</v>
       </c>
       <c r="B392">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="C392" t="s">
         <v>757</v>
       </c>
       <c r="D392">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E392" t="s">
         <v>28</v>
       </c>
       <c r="F392" t="s">
-        <v>611</v>
+        <v>399</v>
       </c>
       <c r="G392" t="s">
-        <v>741</v>
+        <v>755</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
         <v>12</v>
       </c>
       <c r="B393">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C393" t="s">
         <v>758</v>
       </c>
       <c r="D393">
         <v>3</v>
       </c>
       <c r="E393" t="s">
         <v>28</v>
       </c>
       <c r="F393" t="s">
-        <v>399</v>
+        <v>155</v>
       </c>
       <c r="G393" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
         <v>12</v>
       </c>
       <c r="B394">
-        <v>2020</v>
+        <v>1996</v>
       </c>
       <c r="C394" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D394">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E394" t="s">
-        <v>28</v>
+        <v>571</v>
       </c>
       <c r="F394" t="s">
-        <v>155</v>
+        <v>761</v>
       </c>
       <c r="G394" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
         <v>12</v>
       </c>
       <c r="B395">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="C395" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D395">
         <v>1</v>
       </c>
       <c r="E395" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F395" t="s">
-        <v>762</v>
+        <v>581</v>
       </c>
       <c r="G395" t="s">
-        <v>763</v>
+        <v>736</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
         <v>12</v>
       </c>
       <c r="B396">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="C396" t="s">
         <v>764</v>
       </c>
       <c r="D396">
         <v>1</v>
       </c>
       <c r="E396" t="s">
-        <v>572</v>
+        <v>381</v>
       </c>
       <c r="F396" t="s">
-        <v>582</v>
+        <v>765</v>
       </c>
       <c r="G396" t="s">
-        <v>737</v>
+        <v>759</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
         <v>12</v>
       </c>
       <c r="B397">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="C397" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D397">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E397" t="s">
-        <v>381</v>
+        <v>39</v>
       </c>
       <c r="F397" t="s">
-        <v>766</v>
+        <v>482</v>
       </c>
       <c r="G397" t="s">
-        <v>760</v>
+        <v>749</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
         <v>12</v>
       </c>
       <c r="B398">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C398" t="s">
         <v>767</v>
       </c>
       <c r="D398">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E398" t="s">
         <v>39</v>
       </c>
       <c r="F398" t="s">
-        <v>482</v>
+        <v>576</v>
       </c>
       <c r="G398" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
         <v>12</v>
       </c>
       <c r="B399">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="C399" t="s">
         <v>768</v>
       </c>
       <c r="D399">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E399" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F399" t="s">
-        <v>577</v>
+        <v>382</v>
       </c>
       <c r="G399" t="s">
-        <v>752</v>
+        <v>745</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
         <v>12</v>
       </c>
       <c r="B400">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="C400" t="s">
         <v>769</v>
       </c>
       <c r="D400">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E400" t="s">
         <v>42</v>
       </c>
       <c r="F400" t="s">
-        <v>382</v>
+        <v>495</v>
       </c>
       <c r="G400" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
         <v>12</v>
       </c>
       <c r="B401">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C401" t="s">
         <v>770</v>
       </c>
       <c r="D401">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E401" t="s">
         <v>42</v>
       </c>
       <c r="F401" t="s">
         <v>495</v>
       </c>
       <c r="G401" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
         <v>12</v>
       </c>
       <c r="B402">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C402" t="s">
         <v>771</v>
       </c>
       <c r="D402">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E402" t="s">
         <v>42</v>
       </c>
       <c r="F402" t="s">
-        <v>495</v>
+        <v>129</v>
       </c>
       <c r="G402" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
         <v>12</v>
       </c>
       <c r="B403">
-        <v>2019</v>
+        <v>1999</v>
       </c>
       <c r="C403" t="s">
         <v>772</v>
       </c>
       <c r="D403">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E403" t="s">
-        <v>42</v>
+        <v>154</v>
       </c>
       <c r="F403" t="s">
-        <v>129</v>
+        <v>389</v>
       </c>
       <c r="G403" t="s">
-        <v>756</v>
+        <v>149</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
         <v>12</v>
       </c>
       <c r="B404">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="C404" t="s">
         <v>773</v>
       </c>
       <c r="D404">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E404" t="s">
         <v>154</v>
       </c>
       <c r="F404" t="s">
-        <v>389</v>
+        <v>269</v>
       </c>
       <c r="G404" t="s">
-        <v>149</v>
+        <v>743</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
         <v>12</v>
       </c>
       <c r="B405">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="C405" t="s">
         <v>774</v>
       </c>
       <c r="D405">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E405" t="s">
         <v>154</v>
       </c>
       <c r="F405" t="s">
-        <v>269</v>
+        <v>775</v>
       </c>
       <c r="G405" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
         <v>12</v>
       </c>
       <c r="B406">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="C406" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D406">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E406" t="s">
-        <v>154</v>
+        <v>777</v>
       </c>
       <c r="F406" t="s">
-        <v>776</v>
-[...3 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="G406"/>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
         <v>12</v>
       </c>
       <c r="B407">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C407" t="s">
+        <v>778</v>
+      </c>
+      <c r="D407">
+        <v>1</v>
+      </c>
+      <c r="E407" t="s">
         <v>777</v>
       </c>
-      <c r="D407">
-[...4 lines deleted...]
-      </c>
       <c r="F407" t="s">
-        <v>507</v>
+        <v>572</v>
       </c>
       <c r="G407"/>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
         <v>12</v>
       </c>
       <c r="B408">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="C408" t="s">
         <v>779</v>
       </c>
       <c r="D408">
         <v>1</v>
       </c>
       <c r="E408" t="s">
-        <v>778</v>
+        <v>28</v>
       </c>
       <c r="F408" t="s">
-        <v>573</v>
+        <v>58</v>
       </c>
       <c r="G408"/>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
         <v>12</v>
       </c>
       <c r="B409">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="C409" t="s">
         <v>780</v>
       </c>
       <c r="D409">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E409" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F409" t="s">
-        <v>58</v>
+        <v>688</v>
       </c>
       <c r="G409"/>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
         <v>12</v>
       </c>
       <c r="B410">
-        <v>1995</v>
+        <v>2016</v>
       </c>
       <c r="C410" t="s">
         <v>781</v>
       </c>
       <c r="D410">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="E410" t="s">
         <v>9</v>
       </c>
       <c r="F410" t="s">
-        <v>689</v>
-[...1 lines deleted...]
-      <c r="G410"/>
+        <v>184</v>
+      </c>
+      <c r="G410" t="s">
+        <v>782</v>
+      </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
         <v>12</v>
       </c>
       <c r="B411">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C411" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D411">
         <v>1</v>
       </c>
       <c r="E411" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F411" t="s">
-        <v>184</v>
+        <v>784</v>
       </c>
       <c r="G411" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
         <v>12</v>
       </c>
       <c r="B412">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C412" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="D412">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E412" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F412" t="s">
-        <v>785</v>
+        <v>215</v>
       </c>
       <c r="G412" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
         <v>12</v>
       </c>
       <c r="B413">
-        <v>2020</v>
+        <v>1986</v>
       </c>
       <c r="C413" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D413">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E413" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F413" t="s">
-        <v>215</v>
+        <v>789</v>
       </c>
       <c r="G413" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
         <v>12</v>
       </c>
       <c r="B414">
         <v>1986</v>
       </c>
       <c r="C414" t="s">
+        <v>791</v>
+      </c>
+      <c r="D414">
+        <v>1</v>
+      </c>
+      <c r="E414" t="s">
+        <v>9</v>
+      </c>
+      <c r="F414" t="s">
         <v>789</v>
       </c>
-      <c r="D414">
-[...5 lines deleted...]
-      <c r="F414" t="s">
+      <c r="G414" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
         <v>12</v>
       </c>
       <c r="B415">
         <v>1986</v>
       </c>
       <c r="C415" t="s">
         <v>792</v>
       </c>
       <c r="D415">
         <v>1</v>
       </c>
       <c r="E415" t="s">
         <v>9</v>
       </c>
       <c r="F415" t="s">
+        <v>793</v>
+      </c>
+      <c r="G415" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
         <v>12</v>
       </c>
       <c r="B416">
         <v>1986</v>
       </c>
       <c r="C416" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D416">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E416" t="s">
         <v>9</v>
       </c>
       <c r="F416" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="G416" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
         <v>12</v>
       </c>
       <c r="B417">
         <v>1986</v>
       </c>
       <c r="C417" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D417">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E417" t="s">
         <v>9</v>
       </c>
       <c r="F417" t="s">
-        <v>796</v>
+        <v>34</v>
       </c>
       <c r="G417" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
         <v>12</v>
       </c>
       <c r="B418">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="C418" t="s">
         <v>797</v>
       </c>
       <c r="D418">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E418" t="s">
         <v>9</v>
       </c>
       <c r="F418" t="s">
-        <v>34</v>
+        <v>798</v>
       </c>
       <c r="G418" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
         <v>12</v>
       </c>
       <c r="B419">
         <v>1989</v>
       </c>
       <c r="C419" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="D419">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E419" t="s">
         <v>9</v>
       </c>
       <c r="F419" t="s">
+        <v>112</v>
+      </c>
+      <c r="G419" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
         <v>12</v>
       </c>
       <c r="B420">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="C420" t="s">
         <v>801</v>
       </c>
       <c r="D420">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="E420" t="s">
         <v>9</v>
       </c>
       <c r="F420" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="G420"/>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
         <v>12</v>
       </c>
       <c r="B421">
         <v>1994</v>
       </c>
       <c r="C421" t="s">
         <v>802</v>
       </c>
       <c r="D421">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E421" t="s">
         <v>9</v>
       </c>
       <c r="F421" t="s">
-        <v>370</v>
+        <v>358</v>
       </c>
       <c r="G421"/>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
         <v>12</v>
       </c>
       <c r="B422">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="C422" t="s">
         <v>803</v>
       </c>
       <c r="D422">
         <v>1</v>
       </c>
       <c r="E422" t="s">
         <v>9</v>
       </c>
       <c r="F422" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="G422"/>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
         <v>12</v>
       </c>
       <c r="B423">
         <v>1997</v>
       </c>
       <c r="C423" t="s">
         <v>804</v>
       </c>
       <c r="D423">
         <v>1</v>
       </c>
       <c r="E423" t="s">
         <v>9</v>
       </c>
       <c r="F423" t="s">
-        <v>370</v>
+        <v>805</v>
       </c>
       <c r="G423"/>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
         <v>12</v>
       </c>
       <c r="B424">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="C424" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="D424">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E424" t="s">
         <v>9</v>
       </c>
       <c r="F424" t="s">
-        <v>806</v>
-[...1 lines deleted...]
-      <c r="G424"/>
+        <v>112</v>
+      </c>
+      <c r="G424" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
         <v>12</v>
       </c>
       <c r="B425">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="C425" t="s">
         <v>807</v>
       </c>
       <c r="D425">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="E425" t="s">
         <v>9</v>
       </c>
       <c r="F425" t="s">
-        <v>112</v>
+        <v>610</v>
       </c>
       <c r="G425" t="s">
-        <v>93</v>
+        <v>808</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
         <v>12</v>
       </c>
       <c r="B426">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="C426" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D426">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="E426" t="s">
         <v>9</v>
       </c>
       <c r="F426" t="s">
-        <v>611</v>
+        <v>810</v>
       </c>
       <c r="G426" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
         <v>12</v>
       </c>
       <c r="B427">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="C427" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="D427">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E427" t="s">
         <v>9</v>
       </c>
       <c r="F427" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="G427" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
         <v>12</v>
       </c>
       <c r="B428">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="C428" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D428">
         <v>3</v>
       </c>
       <c r="E428" t="s">
         <v>9</v>
       </c>
       <c r="F428" t="s">
-        <v>814</v>
+        <v>240</v>
       </c>
       <c r="G428" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
         <v>12</v>
       </c>
       <c r="B429">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C429" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D429">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E429" t="s">
         <v>9</v>
       </c>
       <c r="F429" t="s">
-        <v>240</v>
+        <v>114</v>
       </c>
       <c r="G429" t="s">
-        <v>817</v>
+        <v>235</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
         <v>12</v>
       </c>
       <c r="B430">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="C430" t="s">
         <v>818</v>
       </c>
       <c r="D430">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E430" t="s">
         <v>9</v>
       </c>
       <c r="F430" t="s">
-        <v>114</v>
+        <v>464</v>
       </c>
       <c r="G430" t="s">
-        <v>235</v>
+        <v>819</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
         <v>12</v>
       </c>
       <c r="B431">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C431" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D431">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E431" t="s">
         <v>9</v>
       </c>
       <c r="F431" t="s">
-        <v>464</v>
+        <v>821</v>
       </c>
       <c r="G431" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
         <v>12</v>
       </c>
       <c r="B432">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C432" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D432">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E432" t="s">
         <v>9</v>
       </c>
       <c r="F432" t="s">
-        <v>822</v>
+        <v>14</v>
       </c>
       <c r="G432" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
         <v>12</v>
       </c>
       <c r="B433">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C433" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D433">
         <v>1</v>
       </c>
       <c r="E433" t="s">
         <v>9</v>
       </c>
       <c r="F433" t="s">
         <v>14</v>
       </c>
       <c r="G433" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
         <v>12</v>
       </c>
       <c r="B434">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C434" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D434">
         <v>1</v>
       </c>
       <c r="E434" t="s">
         <v>9</v>
       </c>
       <c r="F434" t="s">
-        <v>14</v>
+        <v>828</v>
       </c>
       <c r="G434" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
         <v>12</v>
       </c>
       <c r="B435">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="C435" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="D435">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E435" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F435" t="s">
-        <v>829</v>
+        <v>155</v>
       </c>
       <c r="G435" t="s">
-        <v>830</v>
+        <v>816</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
         <v>12</v>
       </c>
       <c r="B436">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="C436" t="s">
         <v>831</v>
       </c>
       <c r="D436">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E436" t="s">
         <v>28</v>
       </c>
       <c r="F436" t="s">
-        <v>155</v>
+        <v>399</v>
       </c>
       <c r="G436" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
         <v>12</v>
       </c>
       <c r="B437">
-        <v>2018</v>
+        <v>1995</v>
       </c>
       <c r="C437" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D437">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E437" t="s">
-        <v>28</v>
+        <v>481</v>
       </c>
       <c r="F437" t="s">
-        <v>399</v>
+        <v>834</v>
       </c>
       <c r="G437" t="s">
-        <v>833</v>
+        <v>822</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
         <v>12</v>
       </c>
       <c r="B438">
-        <v>1995</v>
+        <v>1973</v>
       </c>
       <c r="C438" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D438">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E438" t="s">
-        <v>481</v>
+        <v>571</v>
       </c>
       <c r="F438" t="s">
-        <v>835</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="G438"/>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
         <v>12</v>
       </c>
       <c r="B439">
-        <v>1973</v>
+        <v>2006</v>
       </c>
       <c r="C439" t="s">
         <v>836</v>
       </c>
       <c r="D439">
         <v>1</v>
       </c>
       <c r="E439" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F439" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="G439"/>
+        <v>837</v>
+      </c>
+      <c r="G439" t="s">
+        <v>816</v>
+      </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
         <v>12</v>
       </c>
       <c r="B440">
-        <v>2006</v>
+        <v>2022</v>
       </c>
       <c r="C440" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D440">
         <v>1</v>
       </c>
       <c r="E440" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F440" t="s">
-        <v>838</v>
+        <v>406</v>
       </c>
       <c r="G440" t="s">
-        <v>817</v>
+        <v>469</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
         <v>12</v>
       </c>
       <c r="B441">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="C441" t="s">
         <v>839</v>
       </c>
       <c r="D441">
         <v>1</v>
       </c>
       <c r="E441" t="s">
+        <v>154</v>
+      </c>
+      <c r="F441" t="s">
         <v>572</v>
       </c>
-      <c r="F441" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G441" t="s">
-        <v>469</v>
+        <v>814</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
         <v>12</v>
       </c>
       <c r="B442">
-        <v>2003</v>
+        <v>1993</v>
       </c>
       <c r="C442" t="s">
         <v>840</v>
       </c>
       <c r="D442">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E442" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
       <c r="F442" t="s">
-        <v>573</v>
-[...3 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="G442"/>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
         <v>12</v>
       </c>
       <c r="B443">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="C443" t="s">
         <v>841</v>
       </c>
       <c r="D443">
         <v>4</v>
       </c>
       <c r="E443" t="s">
         <v>9</v>
       </c>
       <c r="F443" t="s">
-        <v>811</v>
-[...1 lines deleted...]
-      <c r="G443"/>
+        <v>245</v>
+      </c>
+      <c r="G443" t="s">
+        <v>842</v>
+      </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
         <v>12</v>
       </c>
       <c r="B444">
         <v>1990</v>
       </c>
       <c r="C444" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="D444">
         <v>4</v>
       </c>
       <c r="E444" t="s">
         <v>9</v>
       </c>
       <c r="F444" t="s">
-        <v>245</v>
+        <v>843</v>
       </c>
       <c r="G444" t="s">
-        <v>843</v>
+        <v>842</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
         <v>12</v>
       </c>
       <c r="B445">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="C445" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="D445">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E445" t="s">
         <v>9</v>
       </c>
       <c r="F445" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="G445" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
         <v>12</v>
       </c>
       <c r="B446">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="C446" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D446">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E446" t="s">
         <v>9</v>
       </c>
       <c r="F446" t="s">
-        <v>846</v>
+        <v>43</v>
       </c>
       <c r="G446" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
         <v>12</v>
       </c>
       <c r="B447">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C447" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D447">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E447" t="s">
         <v>9</v>
       </c>
       <c r="F447" t="s">
-        <v>43</v>
+        <v>850</v>
       </c>
       <c r="G447" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
         <v>12</v>
       </c>
       <c r="B448">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C448" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="D448">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E448" t="s">
         <v>9</v>
       </c>
       <c r="F448" t="s">
-        <v>851</v>
+        <v>140</v>
       </c>
       <c r="G448" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
         <v>12</v>
       </c>
       <c r="B449">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="C449" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="D449">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E449" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F449" t="s">
-        <v>140</v>
+        <v>34</v>
       </c>
       <c r="G449" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
         <v>12</v>
       </c>
       <c r="B450">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="C450" t="s">
         <v>855</v>
       </c>
       <c r="D450">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E450" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F450" t="s">
-        <v>34</v>
+        <v>675</v>
       </c>
       <c r="G450" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
         <v>12</v>
       </c>
       <c r="B451">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C451" t="s">
         <v>856</v>
       </c>
       <c r="D451">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E451" t="s">
         <v>42</v>
       </c>
       <c r="F451" t="s">
-        <v>676</v>
+        <v>402</v>
       </c>
       <c r="G451" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
         <v>12</v>
       </c>
       <c r="B452">
         <v>2018</v>
       </c>
       <c r="C452" t="s">
         <v>857</v>
       </c>
       <c r="D452">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E452" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F452" t="s">
-        <v>402</v>
+        <v>300</v>
       </c>
       <c r="G452" t="s">
-        <v>852</v>
+        <v>320</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
         <v>12</v>
       </c>
       <c r="B453">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="C453" t="s">
         <v>858</v>
       </c>
       <c r="D453">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E453" t="s">
         <v>9</v>
       </c>
       <c r="F453" t="s">
-        <v>300</v>
+        <v>95</v>
       </c>
       <c r="G453" t="s">
-        <v>320</v>
+        <v>626</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
         <v>12</v>
       </c>
       <c r="B454">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="C454" t="s">
         <v>859</v>
       </c>
       <c r="D454">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="E454" t="s">
         <v>9</v>
       </c>
       <c r="F454" t="s">
-        <v>95</v>
+        <v>61</v>
       </c>
       <c r="G454" t="s">
-        <v>627</v>
+        <v>860</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
         <v>12</v>
       </c>
       <c r="B455">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="C455" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D455">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="E455" t="s">
         <v>9</v>
       </c>
       <c r="F455" t="s">
-        <v>61</v>
+        <v>300</v>
       </c>
       <c r="G455" t="s">
-        <v>861</v>
+        <v>686</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
         <v>12</v>
       </c>
       <c r="B456">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="C456" t="s">
         <v>862</v>
       </c>
       <c r="D456">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E456" t="s">
         <v>9</v>
       </c>
       <c r="F456" t="s">
-        <v>300</v>
+        <v>172</v>
       </c>
       <c r="G456" t="s">
-        <v>687</v>
+        <v>863</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
         <v>12</v>
       </c>
       <c r="B457">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="C457" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D457">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="E457" t="s">
         <v>9</v>
       </c>
       <c r="F457" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="G457"/>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
         <v>12</v>
       </c>
       <c r="B458">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="C458" t="s">
         <v>865</v>
       </c>
       <c r="D458">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="E458" t="s">
         <v>9</v>
       </c>
       <c r="F458" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="G458"/>
+        <v>866</v>
+      </c>
+      <c r="G458" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
         <v>12</v>
       </c>
       <c r="B459">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="C459" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D459">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="E459" t="s">
         <v>9</v>
       </c>
       <c r="F459" t="s">
-        <v>867</v>
+        <v>619</v>
       </c>
       <c r="G459" t="s">
-        <v>46</v>
+        <v>868</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
         <v>12</v>
       </c>
       <c r="B460">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C460" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D460">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="E460" t="s">
         <v>9</v>
       </c>
       <c r="F460" t="s">
-        <v>620</v>
+        <v>223</v>
       </c>
       <c r="G460" t="s">
-        <v>869</v>
+        <v>307</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
         <v>12</v>
       </c>
       <c r="B461">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C461" t="s">
         <v>870</v>
       </c>
       <c r="D461">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E461" t="s">
         <v>9</v>
       </c>
       <c r="F461" t="s">
-        <v>223</v>
+        <v>196</v>
       </c>
       <c r="G461" t="s">
-        <v>307</v>
+        <v>871</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
         <v>12</v>
       </c>
       <c r="B462">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="C462" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D462">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="E462" t="s">
         <v>9</v>
       </c>
       <c r="F462" t="s">
         <v>196</v>
       </c>
       <c r="G462" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
         <v>12</v>
       </c>
       <c r="B463">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="C463" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D463">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="E463" t="s">
         <v>9</v>
       </c>
       <c r="F463" t="s">
-        <v>196</v>
+        <v>616</v>
       </c>
       <c r="G463" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
         <v>12</v>
       </c>
       <c r="B464">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="C464" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D464">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E464" t="s">
         <v>9</v>
       </c>
       <c r="F464" t="s">
-        <v>617</v>
+        <v>698</v>
       </c>
       <c r="G464" t="s">
-        <v>876</v>
+        <v>400</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
         <v>12</v>
       </c>
       <c r="B465">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C465" t="s">
         <v>877</v>
       </c>
       <c r="D465">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E465" t="s">
         <v>9</v>
       </c>
       <c r="F465" t="s">
-        <v>699</v>
+        <v>286</v>
       </c>
       <c r="G465" t="s">
-        <v>400</v>
+        <v>878</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
         <v>12</v>
       </c>
       <c r="B466">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="C466" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="D466">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E466" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F466" t="s">
-        <v>286</v>
+        <v>576</v>
       </c>
       <c r="G466" t="s">
-        <v>879</v>
+        <v>469</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
         <v>12</v>
       </c>
       <c r="B467">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="C467" t="s">
         <v>880</v>
       </c>
       <c r="D467">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E467" t="s">
         <v>42</v>
       </c>
       <c r="F467" t="s">
-        <v>577</v>
+        <v>881</v>
       </c>
       <c r="G467" t="s">
-        <v>469</v>
+        <v>400</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
         <v>12</v>
       </c>
       <c r="B468">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C468" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="D468">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E468" t="s">
         <v>42</v>
       </c>
       <c r="F468" t="s">
-        <v>882</v>
+        <v>294</v>
       </c>
       <c r="G468" t="s">
-        <v>400</v>
+        <v>878</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
         <v>12</v>
       </c>
       <c r="B469">
-        <v>2019</v>
+        <v>2003</v>
       </c>
       <c r="C469" t="s">
         <v>883</v>
       </c>
       <c r="D469">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E469" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F469" t="s">
-        <v>294</v>
+        <v>67</v>
       </c>
       <c r="G469" t="s">
-        <v>879</v>
+        <v>149</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
         <v>12</v>
       </c>
       <c r="B470">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="C470" t="s">
         <v>884</v>
       </c>
       <c r="D470">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E470" t="s">
         <v>9</v>
       </c>
       <c r="F470" t="s">
-        <v>67</v>
+        <v>131</v>
       </c>
       <c r="G470" t="s">
-        <v>149</v>
+        <v>885</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
         <v>12</v>
       </c>
       <c r="B471">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="C471" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D471">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E471" t="s">
         <v>9</v>
       </c>
       <c r="F471" t="s">
         <v>131</v>
       </c>
       <c r="G471" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
         <v>12</v>
       </c>
       <c r="B472">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="C472" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D472">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E472" t="s">
         <v>9</v>
       </c>
       <c r="F472" t="s">
-        <v>131</v>
+        <v>250</v>
       </c>
       <c r="G472" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
         <v>12</v>
       </c>
       <c r="B473">
-        <v>2022</v>
+        <v>2001</v>
       </c>
       <c r="C473" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D473">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E473" t="s">
         <v>9</v>
       </c>
       <c r="F473" t="s">
-        <v>250</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="G473"/>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
         <v>12</v>
       </c>
       <c r="B474">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C474" t="s">
         <v>891</v>
       </c>
       <c r="D474">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E474" t="s">
         <v>9</v>
       </c>
       <c r="F474" t="s">
         <v>165</v>
       </c>
       <c r="G474"/>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
         <v>12</v>
       </c>
       <c r="B475">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="C475" t="s">
         <v>892</v>
       </c>
       <c r="D475">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="E475" t="s">
         <v>9</v>
       </c>
       <c r="F475" t="s">
-        <v>165</v>
+        <v>393</v>
       </c>
       <c r="G475"/>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
         <v>12</v>
       </c>
       <c r="B476">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="C476" t="s">
         <v>893</v>
       </c>
       <c r="D476">
-        <v>23</v>
+        <v>6</v>
       </c>
       <c r="E476" t="s">
         <v>9</v>
       </c>
       <c r="F476" t="s">
-        <v>393</v>
+        <v>603</v>
       </c>
       <c r="G476"/>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
         <v>12</v>
       </c>
       <c r="B477">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="C477" t="s">
         <v>894</v>
       </c>
       <c r="D477">
         <v>6</v>
       </c>
       <c r="E477" t="s">
         <v>9</v>
       </c>
       <c r="F477" t="s">
-        <v>604</v>
-[...1 lines deleted...]
-      <c r="G477"/>
+        <v>200</v>
+      </c>
+      <c r="G477" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
         <v>12</v>
       </c>
       <c r="B478">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="C478" t="s">
         <v>895</v>
       </c>
       <c r="D478">
         <v>6</v>
       </c>
       <c r="E478" t="s">
         <v>9</v>
       </c>
       <c r="F478" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="G478" t="s">
-        <v>103</v>
+        <v>896</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
         <v>12</v>
       </c>
       <c r="B479">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="C479" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D479">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E479" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F479" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="G479"/>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
         <v>12</v>
       </c>
       <c r="B480">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="C480" t="s">
         <v>898</v>
       </c>
       <c r="D480">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E480" t="s">
         <v>42</v>
       </c>
       <c r="F480" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G480"/>
+        <v>899</v>
+      </c>
+      <c r="G480" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
         <v>12</v>
       </c>
       <c r="B481">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="C481" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="D481">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E481" t="s">
         <v>42</v>
       </c>
       <c r="F481" t="s">
-        <v>900</v>
+        <v>29</v>
       </c>
       <c r="G481" t="s">
-        <v>103</v>
+        <v>896</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
         <v>12</v>
       </c>
       <c r="B482">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="C482" t="s">
         <v>901</v>
       </c>
       <c r="D482">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="E482" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F482" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="G482" t="s">
-        <v>897</v>
+        <v>152</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
         <v>12</v>
       </c>
       <c r="B483">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C483" t="s">
         <v>902</v>
       </c>
       <c r="D483">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E483" t="s">
         <v>9</v>
       </c>
       <c r="F483" t="s">
         <v>79</v>
       </c>
       <c r="G483" t="s">
-        <v>152</v>
+        <v>903</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
         <v>12</v>
       </c>
       <c r="B484">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="C484" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D484">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E484" t="s">
         <v>9</v>
       </c>
       <c r="F484" t="s">
-        <v>79</v>
+        <v>703</v>
       </c>
       <c r="G484" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
         <v>12</v>
       </c>
       <c r="B485">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="C485" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D485">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E485" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F485" t="s">
-        <v>704</v>
+        <v>40</v>
       </c>
       <c r="G485" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
         <v>12</v>
       </c>
       <c r="B486">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="C486" t="s">
         <v>907</v>
       </c>
       <c r="D486">
         <v>1</v>
       </c>
       <c r="E486" t="s">
         <v>42</v>
       </c>
       <c r="F486" t="s">
-        <v>40</v>
+        <v>399</v>
       </c>
       <c r="G486" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
         <v>12</v>
       </c>
       <c r="B487">
-        <v>2021</v>
+        <v>1988</v>
       </c>
       <c r="C487" t="s">
         <v>908</v>
       </c>
       <c r="D487">
         <v>1</v>
       </c>
       <c r="E487" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F487" t="s">
-        <v>399</v>
+        <v>909</v>
       </c>
       <c r="G487" t="s">
-        <v>906</v>
+        <v>241</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
         <v>12</v>
       </c>
       <c r="B488">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="C488" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D488">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E488" t="s">
         <v>9</v>
       </c>
       <c r="F488" t="s">
-        <v>910</v>
+        <v>382</v>
       </c>
       <c r="G488" t="s">
-        <v>241</v>
+        <v>348</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
         <v>12</v>
       </c>
       <c r="B489">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="C489" t="s">
         <v>911</v>
       </c>
       <c r="D489">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E489" t="s">
         <v>9</v>
       </c>
       <c r="F489" t="s">
-        <v>382</v>
+        <v>500</v>
       </c>
       <c r="G489" t="s">
-        <v>348</v>
+        <v>912</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
         <v>12</v>
       </c>
       <c r="B490">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="C490" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D490">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E490" t="s">
         <v>9</v>
       </c>
       <c r="F490" t="s">
-        <v>500</v>
+        <v>914</v>
       </c>
       <c r="G490" t="s">
-        <v>913</v>
+        <v>65</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
         <v>12</v>
       </c>
       <c r="B491">
         <v>2000</v>
       </c>
       <c r="C491" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D491">
         <v>1</v>
       </c>
       <c r="E491" t="s">
         <v>9</v>
       </c>
       <c r="F491" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="G491" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
         <v>12</v>
       </c>
       <c r="B492">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="C492" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D492">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E492" t="s">
         <v>9</v>
       </c>
       <c r="F492" t="s">
-        <v>917</v>
+        <v>226</v>
       </c>
       <c r="G492" t="s">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
         <v>12</v>
       </c>
       <c r="B493">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C493" t="s">
         <v>918</v>
       </c>
       <c r="D493">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E493" t="s">
         <v>9</v>
       </c>
       <c r="F493" t="s">
-        <v>226</v>
+        <v>382</v>
       </c>
       <c r="G493" t="s">
-        <v>190</v>
+        <v>919</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
         <v>12</v>
       </c>
       <c r="B494">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C494" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D494">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E494" t="s">
         <v>9</v>
       </c>
       <c r="F494" t="s">
-        <v>382</v>
+        <v>921</v>
       </c>
       <c r="G494" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
         <v>12</v>
       </c>
       <c r="B495">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C495" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="D495">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E495" t="s">
         <v>9</v>
       </c>
       <c r="F495" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="G495" t="s">
-        <v>923</v>
+        <v>799</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
         <v>12</v>
       </c>
       <c r="B496">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="C496" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D496">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E496" t="s">
         <v>9</v>
       </c>
       <c r="F496" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="G496" t="s">
-        <v>800</v>
+        <v>927</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
         <v>12</v>
       </c>
       <c r="B497">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C497" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="D497">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E497" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F497" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="G497" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
         <v>12</v>
       </c>
       <c r="B498">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C498" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="D498">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E498" t="s">
         <v>39</v>
       </c>
       <c r="F498" t="s">
-        <v>930</v>
+        <v>507</v>
       </c>
       <c r="G498" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
         <v>12</v>
       </c>
       <c r="B499">
-        <v>2020</v>
+        <v>2007</v>
       </c>
       <c r="C499" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D499">
         <v>1</v>
       </c>
       <c r="E499" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F499" t="s">
-        <v>507</v>
+        <v>934</v>
       </c>
       <c r="G499" t="s">
-        <v>933</v>
+        <v>416</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
         <v>12</v>
       </c>
       <c r="B500">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="C500" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="D500">
         <v>1</v>
       </c>
       <c r="E500" t="s">
         <v>42</v>
       </c>
       <c r="F500" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="G500" t="s">
-        <v>416</v>
+        <v>190</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
         <v>12</v>
       </c>
       <c r="B501">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="C501" t="s">
         <v>936</v>
       </c>
       <c r="D501">
         <v>1</v>
       </c>
       <c r="E501" t="s">
         <v>42</v>
       </c>
       <c r="F501" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="G501" t="s">
-        <v>190</v>
+        <v>416</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
         <v>12</v>
       </c>
       <c r="B502">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="C502" t="s">
         <v>937</v>
       </c>
       <c r="D502">
         <v>1</v>
       </c>
       <c r="E502" t="s">
         <v>42</v>
       </c>
       <c r="F502" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="G502" t="s">
-        <v>416</v>
+        <v>927</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
         <v>12</v>
       </c>
       <c r="B503">
-        <v>2018</v>
+        <v>1982</v>
       </c>
       <c r="C503" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D503">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E503" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F503" t="s">
-        <v>939</v>
+        <v>691</v>
       </c>
       <c r="G503" t="s">
-        <v>928</v>
+        <v>290</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
         <v>12</v>
       </c>
       <c r="B504">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="C504" t="s">
         <v>940</v>
       </c>
       <c r="D504">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E504" t="s">
         <v>9</v>
       </c>
       <c r="F504" t="s">
-        <v>692</v>
+        <v>192</v>
       </c>
       <c r="G504" t="s">
-        <v>290</v>
+        <v>941</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
         <v>12</v>
       </c>
       <c r="B505">
         <v>1986</v>
       </c>
       <c r="C505" t="s">
+        <v>942</v>
+      </c>
+      <c r="D505">
+        <v>3</v>
+      </c>
+      <c r="E505" t="s">
+        <v>9</v>
+      </c>
+      <c r="F505" t="s">
+        <v>409</v>
+      </c>
+      <c r="G505" t="s">
         <v>941</v>
-      </c>
-[...10 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
         <v>12</v>
       </c>
       <c r="B506">
-        <v>1986</v>
+        <v>1995</v>
       </c>
       <c r="C506" t="s">
         <v>943</v>
       </c>
       <c r="D506">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="E506" t="s">
         <v>9</v>
       </c>
       <c r="F506" t="s">
-        <v>409</v>
+        <v>703</v>
       </c>
       <c r="G506" t="s">
-        <v>942</v>
+        <v>105</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
         <v>12</v>
       </c>
       <c r="B507">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="C507" t="s">
         <v>944</v>
       </c>
       <c r="D507">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="E507" t="s">
         <v>9</v>
       </c>
       <c r="F507" t="s">
-        <v>704</v>
+        <v>79</v>
       </c>
       <c r="G507" t="s">
-        <v>105</v>
+        <v>945</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
         <v>12</v>
       </c>
       <c r="B508">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="C508" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D508">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E508" t="s">
         <v>9</v>
       </c>
       <c r="F508" t="s">
         <v>79</v>
       </c>
       <c r="G508" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
         <v>12</v>
       </c>
       <c r="B509">
-        <v>2005</v>
+        <v>1988</v>
       </c>
       <c r="C509" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D509">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="E509" t="s">
         <v>9</v>
       </c>
       <c r="F509" t="s">
         <v>79</v>
       </c>
-      <c r="G509" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G509"/>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
         <v>12</v>
       </c>
       <c r="B510">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="C510" t="s">
         <v>949</v>
       </c>
       <c r="D510">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E510" t="s">
         <v>9</v>
       </c>
       <c r="F510" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G510"/>
+        <v>616</v>
+      </c>
+      <c r="G510" t="s">
+        <v>246</v>
+      </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
         <v>12</v>
       </c>
       <c r="B511">
         <v>1989</v>
       </c>
       <c r="C511" t="s">
         <v>950</v>
       </c>
       <c r="D511">
         <v>1</v>
       </c>
       <c r="E511" t="s">
         <v>9</v>
       </c>
       <c r="F511" t="s">
-        <v>617</v>
+        <v>409</v>
       </c>
       <c r="G511" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
         <v>12</v>
       </c>
       <c r="B512">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="C512" t="s">
         <v>951</v>
       </c>
       <c r="D512">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E512" t="s">
         <v>9</v>
       </c>
       <c r="F512" t="s">
-        <v>409</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="G512"/>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
         <v>12</v>
       </c>
       <c r="B513">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="C513" t="s">
         <v>952</v>
       </c>
       <c r="D513">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E513" t="s">
         <v>9</v>
       </c>
       <c r="F513" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="G513"/>
+        <v>192</v>
+      </c>
+      <c r="G513" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
         <v>12</v>
       </c>
       <c r="B514">
         <v>1995</v>
       </c>
       <c r="C514" t="s">
         <v>953</v>
       </c>
       <c r="D514">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E514" t="s">
         <v>9</v>
       </c>
       <c r="F514" t="s">
-        <v>192</v>
+        <v>409</v>
       </c>
       <c r="G514" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
         <v>12</v>
       </c>
       <c r="B515">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="C515" t="s">
         <v>954</v>
       </c>
       <c r="D515">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E515" t="s">
         <v>9</v>
       </c>
       <c r="F515" t="s">
-        <v>409</v>
+        <v>955</v>
       </c>
       <c r="G515" t="s">
-        <v>80</v>
+        <v>11</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
         <v>12</v>
       </c>
       <c r="B516">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="C516" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D516">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E516" t="s">
         <v>9</v>
       </c>
       <c r="F516" t="s">
-        <v>956</v>
+        <v>664</v>
       </c>
       <c r="G516" t="s">
-        <v>11</v>
+        <v>957</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
         <v>12</v>
       </c>
       <c r="B517">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="C517" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D517">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E517" t="s">
         <v>9</v>
       </c>
       <c r="F517" t="s">
-        <v>665</v>
+        <v>165</v>
       </c>
       <c r="G517" t="s">
-        <v>958</v>
+        <v>149</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
         <v>12</v>
       </c>
       <c r="B518">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C518" t="s">
         <v>959</v>
       </c>
       <c r="D518">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E518" t="s">
         <v>9</v>
       </c>
       <c r="F518" t="s">
-        <v>165</v>
+        <v>393</v>
       </c>
       <c r="G518" t="s">
-        <v>149</v>
+        <v>960</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
         <v>12</v>
       </c>
       <c r="B519">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="C519" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D519">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E519" t="s">
         <v>9</v>
       </c>
       <c r="F519" t="s">
-        <v>393</v>
+        <v>58</v>
       </c>
       <c r="G519" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
         <v>12</v>
       </c>
       <c r="B520">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="C520" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D520">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E520" t="s">
         <v>9</v>
       </c>
       <c r="F520" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G520" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
         <v>12</v>
       </c>
       <c r="B521">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="C521" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D521">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E521" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F521" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="G521" t="s">
-        <v>965</v>
+        <v>11</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
         <v>12</v>
       </c>
       <c r="B522">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="C522" t="s">
         <v>966</v>
       </c>
       <c r="D522">
         <v>6</v>
       </c>
       <c r="E522" t="s">
         <v>28</v>
       </c>
       <c r="F522" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G522" t="s">
-        <v>11</v>
+        <v>553</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
         <v>12</v>
       </c>
       <c r="B523">
-        <v>2006</v>
+        <v>1995</v>
       </c>
       <c r="C523" t="s">
         <v>967</v>
       </c>
       <c r="D523">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E523" t="s">
-        <v>28</v>
+        <v>154</v>
       </c>
       <c r="F523" t="s">
-        <v>26</v>
+        <v>217</v>
       </c>
       <c r="G523" t="s">
-        <v>554</v>
+        <v>80</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
         <v>12</v>
       </c>
       <c r="B524">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="C524" t="s">
         <v>968</v>
       </c>
       <c r="D524">
         <v>1</v>
       </c>
       <c r="E524" t="s">
         <v>154</v>
       </c>
       <c r="F524" t="s">
-        <v>217</v>
+        <v>926</v>
       </c>
       <c r="G524" t="s">
-        <v>80</v>
+        <v>11</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
         <v>12</v>
       </c>
       <c r="B525">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="C525" t="s">
         <v>969</v>
       </c>
       <c r="D525">
         <v>1</v>
       </c>
       <c r="E525" t="s">
         <v>154</v>
       </c>
       <c r="F525" t="s">
-        <v>927</v>
+        <v>343</v>
       </c>
       <c r="G525" t="s">
-        <v>11</v>
+        <v>190</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
         <v>12</v>
       </c>
       <c r="B526">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="C526" t="s">
         <v>970</v>
       </c>
       <c r="D526">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="E526" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
       <c r="F526" t="s">
-        <v>343</v>
+        <v>203</v>
       </c>
       <c r="G526" t="s">
-        <v>190</v>
+        <v>348</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
         <v>12</v>
       </c>
       <c r="B527">
         <v>1995</v>
       </c>
       <c r="C527" t="s">
         <v>971</v>
       </c>
       <c r="D527">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="E527" t="s">
         <v>9</v>
       </c>
       <c r="F527" t="s">
-        <v>203</v>
+        <v>72</v>
       </c>
       <c r="G527" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
         <v>12</v>
       </c>
       <c r="B528">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="C528" t="s">
         <v>972</v>
       </c>
       <c r="D528">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="E528" t="s">
         <v>9</v>
       </c>
       <c r="F528" t="s">
-        <v>72</v>
+        <v>203</v>
       </c>
       <c r="G528" t="s">
-        <v>348</v>
+        <v>973</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
         <v>12</v>
       </c>
       <c r="B529">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="C529" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D529">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E529" t="s">
         <v>9</v>
       </c>
       <c r="F529" t="s">
-        <v>203</v>
+        <v>172</v>
       </c>
       <c r="G529" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
         <v>12</v>
       </c>
       <c r="B530">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="C530" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D530">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="E530" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F530" t="s">
-        <v>172</v>
+        <v>140</v>
       </c>
       <c r="G530" t="s">
-        <v>976</v>
+        <v>816</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
         <v>12</v>
       </c>
       <c r="B531">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="C531" t="s">
         <v>977</v>
       </c>
       <c r="D531">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="E531" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F531" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="G531"/>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
         <v>12</v>
       </c>
       <c r="B532">
         <v>2000</v>
       </c>
       <c r="C532" t="s">
         <v>978</v>
       </c>
       <c r="D532">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="E532" t="s">
-        <v>9</v>
+        <v>154</v>
       </c>
       <c r="F532" t="s">
-        <v>275</v>
+        <v>40</v>
       </c>
       <c r="G532"/>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
         <v>12</v>
       </c>
       <c r="B533">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="C533" t="s">
         <v>979</v>
       </c>
       <c r="D533">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E533" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
       <c r="F533" t="s">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="G533"/>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
         <v>12</v>
       </c>
       <c r="B534">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="C534" t="s">
         <v>980</v>
       </c>
       <c r="D534">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="E534" t="s">
         <v>9</v>
       </c>
       <c r="F534" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="G534"/>
+        <v>393</v>
+      </c>
+      <c r="G534" t="s">
+        <v>307</v>
+      </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
         <v>12</v>
       </c>
       <c r="B535">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="C535" t="s">
         <v>981</v>
       </c>
       <c r="D535">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="E535" t="s">
         <v>9</v>
       </c>
       <c r="F535" t="s">
-        <v>393</v>
+        <v>982</v>
       </c>
       <c r="G535" t="s">
-        <v>307</v>
+        <v>905</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
         <v>12</v>
       </c>
       <c r="B536">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="C536" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D536">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="E536" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F536" t="s">
-        <v>983</v>
+        <v>215</v>
       </c>
       <c r="G536" t="s">
-        <v>906</v>
+        <v>307</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
         <v>12</v>
       </c>
       <c r="B537">
-        <v>2017</v>
+        <v>1983</v>
       </c>
       <c r="C537" t="s">
         <v>984</v>
       </c>
       <c r="D537">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E537" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F537" t="s">
-        <v>215</v>
+        <v>703</v>
       </c>
       <c r="G537" t="s">
-        <v>307</v>
+        <v>105</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
         <v>12</v>
       </c>
       <c r="B538">
         <v>1983</v>
       </c>
       <c r="C538" t="s">
         <v>985</v>
       </c>
       <c r="D538">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E538" t="s">
         <v>9</v>
       </c>
       <c r="F538" t="s">
-        <v>704</v>
+        <v>200</v>
       </c>
       <c r="G538" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
         <v>12</v>
       </c>
       <c r="B539">
-        <v>1983</v>
+        <v>2009</v>
       </c>
       <c r="C539" t="s">
         <v>986</v>
       </c>
       <c r="D539">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E539" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F539" t="s">
-        <v>200</v>
+        <v>43</v>
       </c>
       <c r="G539" t="s">
-        <v>105</v>
+        <v>987</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
         <v>12</v>
       </c>
       <c r="B540">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C540" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D540">
         <v>4</v>
       </c>
       <c r="E540" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F540" t="s">
-        <v>43</v>
+        <v>393</v>
       </c>
       <c r="G540" t="s">
-        <v>988</v>
+        <v>18</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
         <v>12</v>
       </c>
       <c r="B541">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="C541" t="s">
         <v>989</v>
       </c>
       <c r="D541">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E541" t="s">
         <v>9</v>
       </c>
       <c r="F541" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="G541"/>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
         <v>12</v>
       </c>
       <c r="B542">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="C542" t="s">
         <v>990</v>
       </c>
       <c r="D542">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E542" t="s">
         <v>9</v>
       </c>
       <c r="F542" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="G542"/>
+        <v>192</v>
+      </c>
+      <c r="G542" t="s">
+        <v>669</v>
+      </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
         <v>12</v>
       </c>
       <c r="B543">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="C543" t="s">
         <v>991</v>
       </c>
       <c r="D543">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E543" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F543" t="s">
-        <v>192</v>
+        <v>10</v>
       </c>
       <c r="G543" t="s">
-        <v>670</v>
+        <v>992</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
         <v>12</v>
       </c>
       <c r="B544">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="C544" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D544">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E544" t="s">
         <v>28</v>
       </c>
       <c r="F544" t="s">
-        <v>10</v>
+        <v>698</v>
       </c>
       <c r="G544" t="s">
-        <v>993</v>
+        <v>947</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
         <v>12</v>
       </c>
       <c r="B545">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="C545" t="s">
         <v>994</v>
       </c>
       <c r="D545">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="E545" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F545" t="s">
-        <v>699</v>
+        <v>250</v>
       </c>
       <c r="G545" t="s">
-        <v>948</v>
+        <v>995</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
         <v>12</v>
       </c>
       <c r="B546">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="C546" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D546">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="E546" t="s">
         <v>9</v>
       </c>
       <c r="F546" t="s">
-        <v>250</v>
+        <v>698</v>
       </c>
       <c r="G546" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
         <v>12</v>
       </c>
       <c r="B547">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C547" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D547">
         <v>2</v>
       </c>
       <c r="E547" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F547" t="s">
-        <v>699</v>
+        <v>999</v>
       </c>
       <c r="G547" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
         <v>12</v>
       </c>
       <c r="B548">
-        <v>2019</v>
+        <v>2003</v>
       </c>
       <c r="C548" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="D548">
         <v>2</v>
       </c>
       <c r="E548" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F548" t="s">
-        <v>1000</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="G548"/>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
         <v>12</v>
       </c>
       <c r="B549">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="C549" t="s">
         <v>1002</v>
       </c>
       <c r="D549">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="E549" t="s">
         <v>9</v>
       </c>
       <c r="F549" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="G549"/>
+        <v>172</v>
+      </c>
+      <c r="G549" t="s">
+        <v>1003</v>
+      </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
         <v>12</v>
       </c>
       <c r="B550">
-        <v>2015</v>
+        <v>1986</v>
       </c>
       <c r="C550" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D550">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E550" t="s">
         <v>9</v>
       </c>
       <c r="F550" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>1005</v>
+      </c>
+      <c r="G550"/>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
         <v>12</v>
       </c>
       <c r="B551">
-        <v>1986</v>
+        <v>1998</v>
       </c>
       <c r="C551" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D551">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E551" t="s">
         <v>9</v>
       </c>
       <c r="F551" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="G551"/>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
         <v>12</v>
       </c>
       <c r="B552">
-        <v>1998</v>
+        <v>2015</v>
       </c>
       <c r="C552" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D552">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E552" t="s">
         <v>9</v>
       </c>
       <c r="F552" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="G552"/>
+        <v>286</v>
+      </c>
+      <c r="G552" t="s">
+        <v>1009</v>
+      </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
         <v>12</v>
       </c>
       <c r="B553">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="C553" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D553">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E553" t="s">
         <v>9</v>
       </c>
       <c r="F553" t="s">
-        <v>286</v>
+        <v>703</v>
       </c>
       <c r="G553" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
         <v>12</v>
       </c>
       <c r="B554">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="C554" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D554">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="E554" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F554" t="s">
-        <v>704</v>
+        <v>1013</v>
       </c>
       <c r="G554" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
         <v>12</v>
       </c>
       <c r="B555">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="C555" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D555">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E555" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F555" t="s">
-        <v>1014</v>
+        <v>399</v>
       </c>
       <c r="G555" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>12</v>
+        <v>1015</v>
       </c>
       <c r="B556">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="C556" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D556">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E556" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F556" t="s">
-        <v>399</v>
+        <v>31</v>
       </c>
       <c r="G556" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B557">
         <v>2009</v>
       </c>
       <c r="C557" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D557">
+        <v>1</v>
+      </c>
+      <c r="E557" t="s">
+        <v>9</v>
+      </c>
+      <c r="F557" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G557" t="s">
         <v>1017</v>
-      </c>
-[...10 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B558">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="C558" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D558">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E558" t="s">
         <v>9</v>
       </c>
       <c r="F558" t="s">
-        <v>1020</v>
+        <v>40</v>
       </c>
       <c r="G558" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B559">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="C559" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D559">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E559" t="s">
         <v>9</v>
       </c>
       <c r="F559" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="G559"/>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B560">
-        <v>2007</v>
+        <v>2020</v>
       </c>
       <c r="C560" t="s">
         <v>1023</v>
       </c>
       <c r="D560">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="E560" t="s">
         <v>9</v>
       </c>
       <c r="F560" t="s">
-        <v>29</v>
+        <v>223</v>
       </c>
       <c r="G560"/>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B561">
-        <v>2020</v>
+        <v>2002</v>
       </c>
       <c r="C561" t="s">
         <v>1024</v>
       </c>
       <c r="D561">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="E561" t="s">
         <v>9</v>
       </c>
       <c r="F561" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="G561"/>
+        <v>343</v>
+      </c>
+      <c r="G561" t="s">
+        <v>1025</v>
+      </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B562">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="C562" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D562">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E562" t="s">
         <v>9</v>
       </c>
       <c r="F562" t="s">
         <v>343</v>
       </c>
       <c r="G562" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B563">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="C563" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D563">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E563" t="s">
         <v>9</v>
       </c>
       <c r="F563" t="s">
-        <v>343</v>
+        <v>215</v>
       </c>
       <c r="G563" t="s">
-        <v>1028</v>
+        <v>246</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B564">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="C564" t="s">
         <v>1029</v>
       </c>
       <c r="D564">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E564" t="s">
         <v>9</v>
       </c>
       <c r="F564" t="s">
-        <v>215</v>
+        <v>40</v>
       </c>
       <c r="G564" t="s">
-        <v>246</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B565">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="C565" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D565">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E565" t="s">
         <v>9</v>
       </c>
       <c r="F565" t="s">
-        <v>40</v>
+        <v>402</v>
       </c>
       <c r="G565" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B566">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C566" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="D566">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E566" t="s">
         <v>9</v>
       </c>
       <c r="F566" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="G566"/>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B567">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="C567" t="s">
         <v>1034</v>
       </c>
       <c r="D567">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E567" t="s">
         <v>9</v>
       </c>
       <c r="F567" t="s">
         <v>31</v>
       </c>
       <c r="G567"/>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B568">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C568" t="s">
         <v>1035</v>
       </c>
       <c r="D568">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E568" t="s">
         <v>9</v>
       </c>
       <c r="F568" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G568"/>
+        <v>29</v>
+      </c>
+      <c r="G568" t="s">
+        <v>1036</v>
+      </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B569">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="C569" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D569">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E569" t="s">
         <v>9</v>
       </c>
       <c r="F569" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="G569"/>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B570">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="C570" t="s">
         <v>1038</v>
       </c>
       <c r="D570">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E570" t="s">
         <v>9</v>
       </c>
       <c r="F570" t="s">
-        <v>140</v>
+        <v>240</v>
       </c>
       <c r="G570"/>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B571">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C571" t="s">
         <v>1039</v>
       </c>
       <c r="D571">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E571" t="s">
         <v>9</v>
       </c>
       <c r="F571" t="s">
-        <v>240</v>
+        <v>43</v>
       </c>
       <c r="G571"/>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B572">
         <v>2012</v>
       </c>
       <c r="C572" t="s">
         <v>1040</v>
       </c>
       <c r="D572">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="E572" t="s">
         <v>9</v>
       </c>
       <c r="F572" t="s">
-        <v>43</v>
+        <v>240</v>
       </c>
       <c r="G572"/>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B573">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="C573" t="s">
         <v>1041</v>
       </c>
       <c r="D573">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="E573" t="s">
-        <v>9</v>
+        <v>231</v>
       </c>
       <c r="F573" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="G573"/>
+        <v>192</v>
+      </c>
+      <c r="G573" t="s">
+        <v>822</v>
+      </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B574">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C574" t="s">
         <v>1042</v>
       </c>
       <c r="D574">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="E574" t="s">
-        <v>231</v>
+        <v>9</v>
       </c>
       <c r="F574" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="G574"/>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B575">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C575" t="s">
         <v>1043</v>
       </c>
       <c r="D575">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="E575" t="s">
         <v>9</v>
       </c>
       <c r="F575" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="G575"/>
+        <v>393</v>
+      </c>
+      <c r="G575" t="s">
+        <v>1044</v>
+      </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B576">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C576" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D576">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E576" t="s">
         <v>9</v>
       </c>
       <c r="F576" t="s">
         <v>393</v>
       </c>
-      <c r="G576" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G576"/>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B577">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C577" t="s">
         <v>1046</v>
       </c>
       <c r="D577">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="E577" t="s">
         <v>9</v>
       </c>
       <c r="F577" t="s">
-        <v>393</v>
+        <v>194</v>
       </c>
       <c r="G577"/>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B578">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="C578" t="s">
         <v>1047</v>
       </c>
       <c r="D578">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E578" t="s">
         <v>9</v>
       </c>
       <c r="F578" t="s">
-        <v>194</v>
+        <v>662</v>
       </c>
       <c r="G578"/>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B579">
         <v>2011</v>
       </c>
       <c r="C579" t="s">
         <v>1048</v>
       </c>
       <c r="D579">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E579" t="s">
         <v>9</v>
       </c>
       <c r="F579" t="s">
-        <v>663</v>
+        <v>20</v>
       </c>
       <c r="G579"/>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B580">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="C580" t="s">
         <v>1049</v>
       </c>
       <c r="D580">
         <v>1</v>
       </c>
       <c r="E580" t="s">
         <v>9</v>
       </c>
       <c r="F580" t="s">
-        <v>20</v>
+        <v>675</v>
       </c>
       <c r="G580"/>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B581">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C581" t="s">
         <v>1050</v>
       </c>
       <c r="D581">
         <v>1</v>
       </c>
       <c r="E581" t="s">
         <v>9</v>
       </c>
       <c r="F581" t="s">
-        <v>676</v>
+        <v>125</v>
       </c>
       <c r="G581"/>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B582">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="C582" t="s">
         <v>1051</v>
       </c>
       <c r="D582">
         <v>1</v>
       </c>
       <c r="E582" t="s">
         <v>9</v>
       </c>
       <c r="F582" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="G582"/>
+        <v>402</v>
+      </c>
+      <c r="G582" t="s">
+        <v>1052</v>
+      </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B583">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="C583" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D583">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E583" t="s">
         <v>9</v>
       </c>
       <c r="F583" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="G583"/>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B584">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="C584" t="s">
         <v>1054</v>
       </c>
       <c r="D584">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E584" t="s">
         <v>9</v>
       </c>
       <c r="F584" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="G584"/>
+        <v>502</v>
+      </c>
+      <c r="G584" t="s">
+        <v>1055</v>
+      </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B585">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="C585" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D585">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E585" t="s">
         <v>9</v>
       </c>
       <c r="F585" t="s">
-        <v>502</v>
-[...3 lines deleted...]
-      </c>
+        <v>1057</v>
+      </c>
+      <c r="G585"/>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B586">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="C586" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="D586">
         <v>1</v>
       </c>
       <c r="E586" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F586" t="s">
-        <v>1058</v>
-[...1 lines deleted...]
-      <c r="G586"/>
+        <v>1059</v>
+      </c>
+      <c r="G586" t="s">
+        <v>1060</v>
+      </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B587">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="C587" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D587">
         <v>1</v>
       </c>
       <c r="E587" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F587" t="s">
-        <v>1060</v>
+        <v>226</v>
       </c>
       <c r="G587" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B588">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="C588" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="D588">
         <v>1</v>
       </c>
       <c r="E588" t="s">
         <v>9</v>
       </c>
       <c r="F588" t="s">
-        <v>226</v>
+        <v>489</v>
       </c>
       <c r="G588" t="s">
-        <v>1063</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B589">
         <v>2015</v>
       </c>
       <c r="C589" t="s">
         <v>1064</v>
       </c>
       <c r="D589">
         <v>1</v>
       </c>
       <c r="E589" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F589" t="s">
-        <v>489</v>
+        <v>572</v>
       </c>
       <c r="G589" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B590">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C590" t="s">
         <v>1065</v>
       </c>
       <c r="D590">
         <v>1</v>
       </c>
       <c r="E590" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F590" t="s">
-        <v>573</v>
+        <v>1066</v>
       </c>
       <c r="G590" t="s">
-        <v>1022</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B591">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="C591" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D591">
         <v>1</v>
       </c>
       <c r="E591" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F591" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="G591" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B592">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="C592" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="D592">
         <v>1</v>
       </c>
       <c r="E592" t="s">
         <v>9</v>
       </c>
       <c r="F592" t="s">
-        <v>1069</v>
+        <v>837</v>
       </c>
       <c r="G592" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B593">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="C593" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D593">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E593" t="s">
         <v>9</v>
       </c>
       <c r="F593" t="s">
-        <v>838</v>
+        <v>1073</v>
       </c>
       <c r="G593" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B594">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="C594" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="D594">
         <v>2</v>
       </c>
       <c r="E594" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F594" t="s">
-        <v>1074</v>
+        <v>507</v>
       </c>
       <c r="G594" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B595">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="C595" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D595">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E595" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F595" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="G595" t="s">
-        <v>1077</v>
+        <v>860</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B596">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="C596" t="s">
         <v>1078</v>
       </c>
       <c r="D596">
         <v>1</v>
       </c>
       <c r="E596" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F596" t="s">
-        <v>519</v>
+        <v>1079</v>
       </c>
       <c r="G596" t="s">
-        <v>861</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B597">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="C597" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D597">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E597" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F597" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="G597" t="s">
-        <v>1026</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B598">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="C598" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="D598">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E598" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F598" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="G598" t="s">
-        <v>1083</v>
+        <v>246</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B599">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C599" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="D599">
         <v>1</v>
       </c>
       <c r="E599" t="s">
         <v>42</v>
       </c>
       <c r="F599" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G599" t="s">
-        <v>246</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B600">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C600" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="D600">
         <v>1</v>
       </c>
       <c r="E600" t="s">
         <v>42</v>
       </c>
       <c r="F600" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="G600" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B601">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="C601" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D601">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E601" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F601" t="s">
-        <v>1085</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="G601"/>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B602">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="C602" t="s">
         <v>1091</v>
       </c>
       <c r="D602">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="E602" t="s">
         <v>9</v>
       </c>
       <c r="F602" t="s">
-        <v>393</v>
+        <v>194</v>
       </c>
       <c r="G602"/>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B603">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C603" t="s">
         <v>1092</v>
       </c>
       <c r="D603">
         <v>6</v>
       </c>
       <c r="E603" t="s">
         <v>9</v>
       </c>
       <c r="F603" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="G603"/>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B604">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="C604" t="s">
         <v>1093</v>
       </c>
       <c r="D604">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E604" t="s">
         <v>9</v>
       </c>
       <c r="F604" t="s">
-        <v>172</v>
+        <v>74</v>
       </c>
       <c r="G604"/>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B605">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="C605" t="s">
         <v>1094</v>
       </c>
       <c r="D605">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="E605" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F605" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="G605"/>
+        <v>616</v>
+      </c>
+      <c r="G605" t="s">
+        <v>190</v>
+      </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B606">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="C606" t="s">
         <v>1095</v>
       </c>
       <c r="D606">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="E606" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F606" t="s">
-        <v>617</v>
+        <v>1096</v>
       </c>
       <c r="G606" t="s">
-        <v>190</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B607">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="C607" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="D607">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E607" t="s">
         <v>9</v>
       </c>
       <c r="F607" t="s">
-        <v>1097</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="G607"/>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B608">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="C608" t="s">
         <v>1099</v>
       </c>
       <c r="D608">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="E608" t="s">
         <v>9</v>
       </c>
       <c r="F608" t="s">
-        <v>250</v>
+        <v>1100</v>
       </c>
       <c r="G608"/>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B609">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="C609" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D609">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E609" t="s">
         <v>9</v>
       </c>
       <c r="F609" t="s">
-        <v>1101</v>
+        <v>43</v>
       </c>
       <c r="G609"/>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B610">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C610" t="s">
         <v>1102</v>
       </c>
       <c r="D610">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E610" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F610" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="G610"/>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B611">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="C611" t="s">
         <v>1103</v>
       </c>
       <c r="D611">
         <v>2</v>
       </c>
       <c r="E611" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F611" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="G611"/>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B612">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="C612" t="s">
         <v>1104</v>
       </c>
       <c r="D612">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E612" t="s">
         <v>9</v>
       </c>
       <c r="F612" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="G612"/>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B613">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="C613" t="s">
         <v>1105</v>
       </c>
       <c r="D613">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E613" t="s">
         <v>9</v>
       </c>
       <c r="F613" t="s">
-        <v>43</v>
+        <v>140</v>
       </c>
       <c r="G613"/>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B614">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="C614" t="s">
         <v>1106</v>
       </c>
       <c r="D614">
         <v>3</v>
       </c>
       <c r="E614" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F614" t="s">
         <v>140</v>
       </c>
-      <c r="G614"/>
+      <c r="G614" t="s">
+        <v>1017</v>
+      </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B615">
         <v>2016</v>
       </c>
       <c r="C615" t="s">
         <v>1107</v>
       </c>
       <c r="D615">
         <v>3</v>
       </c>
       <c r="E615" t="s">
         <v>28</v>
       </c>
       <c r="F615" t="s">
         <v>140</v>
       </c>
       <c r="G615" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B616">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C616" t="s">
         <v>1108</v>
       </c>
       <c r="D616">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="E616" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F616" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="G616"/>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B617">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C617" t="s">
         <v>1109</v>
       </c>
       <c r="D617">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E617" t="s">
         <v>9</v>
       </c>
       <c r="F617" t="s">
-        <v>300</v>
+        <v>259</v>
       </c>
       <c r="G617"/>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B618">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="C618" t="s">
         <v>1110</v>
       </c>
       <c r="D618">
         <v>1</v>
       </c>
       <c r="E618" t="s">
         <v>9</v>
       </c>
       <c r="F618" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="G618"/>
+        <v>140</v>
+      </c>
+      <c r="G618" t="s">
+        <v>1017</v>
+      </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B619">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="C619" t="s">
         <v>1111</v>
       </c>
       <c r="D619">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E619" t="s">
         <v>9</v>
       </c>
       <c r="F619" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="G619"/>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B620">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="C620" t="s">
         <v>1112</v>
       </c>
       <c r="D620">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E620" t="s">
         <v>9</v>
       </c>
       <c r="F620" t="s">
-        <v>259</v>
+        <v>74</v>
       </c>
       <c r="G620"/>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B621">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="C621" t="s">
         <v>1113</v>
       </c>
       <c r="D621">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E621" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F621" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="G621"/>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B622">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="C622" t="s">
         <v>1114</v>
       </c>
       <c r="D622">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="E622" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F622" t="s">
-        <v>10</v>
+        <v>232</v>
       </c>
       <c r="G622"/>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B623">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="C623" t="s">
         <v>1115</v>
       </c>
       <c r="D623">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E623" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F623" t="s">
-        <v>232</v>
+        <v>34</v>
       </c>
       <c r="G623"/>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B624">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="C624" t="s">
         <v>1116</v>
       </c>
       <c r="D624">
         <v>1</v>
       </c>
       <c r="E624" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F624" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G624"/>
+        <v>385</v>
+      </c>
+      <c r="G624" t="s">
+        <v>1117</v>
+      </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B625">
-        <v>2006</v>
+        <v>2020</v>
       </c>
       <c r="C625" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="D625">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E625" t="s">
         <v>9</v>
       </c>
       <c r="F625" t="s">
-        <v>385</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G625"/>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B626">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C626" t="s">
         <v>1119</v>
       </c>
       <c r="D626">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E626" t="s">
         <v>9</v>
       </c>
       <c r="F626" t="s">
-        <v>131</v>
+        <v>74</v>
       </c>
       <c r="G626"/>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B627">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="C627" t="s">
         <v>1120</v>
       </c>
       <c r="D627">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="E627" t="s">
         <v>9</v>
       </c>
       <c r="F627" t="s">
-        <v>74</v>
+        <v>259</v>
       </c>
       <c r="G627"/>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B628">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="C628" t="s">
         <v>1121</v>
       </c>
       <c r="D628">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E628" t="s">
         <v>9</v>
       </c>
       <c r="F628" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="G628"/>
+        <v>662</v>
+      </c>
+      <c r="G628" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B629">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C629" t="s">
         <v>1122</v>
       </c>
       <c r="D629">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="E629" t="s">
         <v>9</v>
       </c>
       <c r="F629" t="s">
-        <v>663</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="G629"/>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B630">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="C630" t="s">
         <v>1123</v>
       </c>
       <c r="D630">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E630" t="s">
         <v>9</v>
       </c>
       <c r="F630" t="s">
-        <v>74</v>
+        <v>275</v>
       </c>
       <c r="G630"/>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B631">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="C631" t="s">
         <v>1124</v>
       </c>
       <c r="D631">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E631" t="s">
         <v>9</v>
       </c>
       <c r="F631" t="s">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="G631"/>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B632">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="C632" t="s">
         <v>1125</v>
       </c>
       <c r="D632">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E632" t="s">
         <v>9</v>
       </c>
       <c r="F632" t="s">
-        <v>300</v>
+        <v>409</v>
       </c>
       <c r="G632"/>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B633">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="C633" t="s">
         <v>1126</v>
       </c>
       <c r="D633">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E633" t="s">
         <v>9</v>
       </c>
       <c r="F633" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="G633"/>
+        <v>17</v>
+      </c>
+      <c r="G633" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B634">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="C634" t="s">
         <v>1127</v>
       </c>
       <c r="D634">
         <v>1</v>
       </c>
       <c r="E634" t="s">
         <v>9</v>
       </c>
       <c r="F634" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="G634"/>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B635">
         <v>2019</v>
       </c>
       <c r="C635" t="s">
         <v>1128</v>
       </c>
       <c r="D635">
         <v>1</v>
       </c>
       <c r="E635" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F635" t="s">
-        <v>194</v>
+        <v>619</v>
       </c>
       <c r="G635"/>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B636">
         <v>2019</v>
       </c>
       <c r="C636" t="s">
         <v>1129</v>
       </c>
       <c r="D636">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E636" t="s">
         <v>28</v>
       </c>
       <c r="F636" t="s">
-        <v>620</v>
+        <v>79</v>
       </c>
       <c r="G636"/>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B637">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="C637" t="s">
         <v>1130</v>
       </c>
       <c r="D637">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="E637" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F637" t="s">
-        <v>79</v>
+        <v>662</v>
       </c>
       <c r="G637"/>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B638">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="C638" t="s">
         <v>1131</v>
       </c>
       <c r="D638">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="E638" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F638" t="s">
-        <v>663</v>
+        <v>1132</v>
       </c>
       <c r="G638"/>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B639">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="C639" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="D639">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E639" t="s">
         <v>28</v>
       </c>
       <c r="F639" t="s">
-        <v>1133</v>
+        <v>662</v>
       </c>
       <c r="G639"/>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B640">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="C640" t="s">
         <v>1134</v>
       </c>
       <c r="D640">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E640" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F640" t="s">
-        <v>663</v>
-[...1 lines deleted...]
-      <c r="G640"/>
+        <v>172</v>
+      </c>
+      <c r="G640" t="s">
+        <v>1017</v>
+      </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B641">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="C641" t="s">
         <v>1135</v>
       </c>
       <c r="D641">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E641" t="s">
         <v>9</v>
       </c>
       <c r="F641" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="G641"/>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B642">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="C642" t="s">
         <v>1136</v>
       </c>
       <c r="D642">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E642" t="s">
         <v>9</v>
       </c>
       <c r="F642" t="s">
-        <v>300</v>
+        <v>61</v>
       </c>
       <c r="G642"/>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B643">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C643" t="s">
         <v>1137</v>
       </c>
       <c r="D643">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="E643" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F643" t="s">
-        <v>61</v>
+        <v>1138</v>
       </c>
       <c r="G643"/>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B644">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="C644" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="D644">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E644" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F644" t="s">
-        <v>1139</v>
+        <v>34</v>
       </c>
       <c r="G644"/>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B645">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="C645" t="s">
         <v>1140</v>
       </c>
       <c r="D645">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E645" t="s">
         <v>9</v>
       </c>
       <c r="F645" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G645"/>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B646">
-        <v>2011</v>
+        <v>1993</v>
       </c>
       <c r="C646" t="s">
         <v>1141</v>
       </c>
       <c r="D646">
         <v>1</v>
       </c>
       <c r="E646" t="s">
         <v>9</v>
       </c>
       <c r="F646" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="G646"/>
+        <v>343</v>
+      </c>
+      <c r="G646" t="s">
+        <v>1142</v>
+      </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B647">
-        <v>1993</v>
+        <v>2014</v>
       </c>
       <c r="C647" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="D647">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E647" t="s">
         <v>9</v>
       </c>
       <c r="F647" t="s">
-        <v>343</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="G647"/>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B648">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="C648" t="s">
         <v>1144</v>
       </c>
       <c r="D648">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E648" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F648" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G648"/>
+        <v>215</v>
+      </c>
+      <c r="G648" t="s">
+        <v>1145</v>
+      </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B649">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="C649" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="D649">
         <v>1</v>
       </c>
       <c r="E649" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F649" t="s">
-        <v>215</v>
+        <v>810</v>
       </c>
       <c r="G649" t="s">
-        <v>1146</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B650">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="C650" t="s">
         <v>1147</v>
       </c>
       <c r="D650">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E650" t="s">
         <v>9</v>
       </c>
       <c r="F650" t="s">
-        <v>811</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="G650"/>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B651">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C651" t="s">
         <v>1148</v>
       </c>
       <c r="D651">
         <v>3</v>
       </c>
       <c r="E651" t="s">
         <v>9</v>
       </c>
       <c r="F651" t="s">
-        <v>300</v>
+        <v>74</v>
       </c>
       <c r="G651"/>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B652">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="C652" t="s">
         <v>1149</v>
       </c>
       <c r="D652">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E652" t="s">
         <v>9</v>
       </c>
       <c r="F652" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="G652"/>
+        <v>79</v>
+      </c>
+      <c r="G652" t="s">
+        <v>1150</v>
+      </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B653">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="C653" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="D653">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E653" t="s">
         <v>9</v>
       </c>
       <c r="F653" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>1100</v>
+      </c>
+      <c r="G653"/>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B654">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="C654" t="s">
         <v>1152</v>
       </c>
       <c r="D654">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="E654" t="s">
         <v>9</v>
       </c>
       <c r="F654" t="s">
-        <v>1101</v>
-[...1 lines deleted...]
-      <c r="G654"/>
+        <v>10</v>
+      </c>
+      <c r="G654" t="s">
+        <v>1153</v>
+      </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B655">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C655" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D655">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E655" t="s">
         <v>9</v>
       </c>
       <c r="F655" t="s">
-        <v>10</v>
+        <v>1155</v>
       </c>
       <c r="G655" t="s">
-        <v>1154</v>
+        <v>348</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B656">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C656" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D656">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E656" t="s">
         <v>9</v>
       </c>
       <c r="F656" t="s">
-        <v>1156</v>
-[...3 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="G656"/>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B657">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="C657" t="s">
         <v>1157</v>
       </c>
       <c r="D657">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="E657" t="s">
         <v>9</v>
       </c>
       <c r="F657" t="s">
-        <v>286</v>
+        <v>10</v>
       </c>
       <c r="G657"/>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B658">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="C658" t="s">
         <v>1158</v>
       </c>
       <c r="D658">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E658" t="s">
         <v>9</v>
       </c>
       <c r="F658" t="s">
-        <v>10</v>
+        <v>843</v>
       </c>
       <c r="G658"/>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B659">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C659" t="s">
         <v>1159</v>
       </c>
       <c r="D659">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E659" t="s">
         <v>9</v>
       </c>
       <c r="F659" t="s">
-        <v>844</v>
+        <v>257</v>
       </c>
       <c r="G659"/>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B660">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="C660" t="s">
         <v>1160</v>
       </c>
       <c r="D660">
-        <v>52</v>
+        <v>3</v>
       </c>
       <c r="E660" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F660" t="s">
-        <v>257</v>
+        <v>20</v>
       </c>
       <c r="G660"/>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B661">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="C661" t="s">
         <v>1161</v>
       </c>
       <c r="D661">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E661" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F661" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="G661"/>
+        <v>694</v>
+      </c>
+      <c r="G661" t="s">
+        <v>1117</v>
+      </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B662">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="C662" t="s">
         <v>1162</v>
       </c>
       <c r="D662">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E662" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F662" t="s">
-        <v>695</v>
+        <v>31</v>
       </c>
       <c r="G662" t="s">
-        <v>1118</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B663">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="C663" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D663">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E663" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F663" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="G663"/>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B664">
         <v>2014</v>
       </c>
       <c r="C664" t="s">
         <v>1165</v>
       </c>
       <c r="D664">
         <v>1</v>
       </c>
       <c r="E664" t="s">
         <v>9</v>
       </c>
       <c r="F664" t="s">
-        <v>29</v>
+        <v>1166</v>
       </c>
       <c r="G664"/>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>1016</v>
-[...3 lines deleted...]
-      </c>
+        <v>1167</v>
+      </c>
+      <c r="B665"/>
       <c r="C665" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="D665">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="E665" t="s">
         <v>9</v>
       </c>
       <c r="F665" t="s">
-        <v>1167</v>
+        <v>43</v>
       </c>
       <c r="G665"/>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B666"/>
       <c r="C666" t="s">
         <v>1169</v>
       </c>
       <c r="D666">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="E666" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F666" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G666"/>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
-        <v>1168</v>
-[...1 lines deleted...]
-      <c r="B667"/>
+        <v>1167</v>
+      </c>
+      <c r="B667">
+        <v>2013</v>
+      </c>
       <c r="C667" t="s">
         <v>1170</v>
       </c>
       <c r="D667">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="E667" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F667" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G667"/>
+        <v>1171</v>
+      </c>
+      <c r="G667" t="s">
+        <v>1172</v>
+      </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B668">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="C668" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="D668">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="E668" t="s">
         <v>9</v>
       </c>
       <c r="F668" t="s">
-        <v>1172</v>
+        <v>31</v>
       </c>
       <c r="G668" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B669">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C669" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D669">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="E669" t="s">
         <v>9</v>
       </c>
       <c r="F669" t="s">
-        <v>31</v>
+        <v>335</v>
       </c>
       <c r="G669" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B670">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="C670" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="D670">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="E670" t="s">
         <v>9</v>
       </c>
       <c r="F670" t="s">
-        <v>335</v>
+        <v>240</v>
       </c>
       <c r="G670" t="s">
-        <v>1177</v>
+        <v>246</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B671">
-        <v>1995</v>
+        <v>2015</v>
       </c>
       <c r="C671" t="s">
         <v>1178</v>
       </c>
       <c r="D671">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E671" t="s">
         <v>9</v>
       </c>
       <c r="F671" t="s">
-        <v>240</v>
+        <v>616</v>
       </c>
       <c r="G671" t="s">
-        <v>246</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B672">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="C672" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D672">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="E672" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F672" t="s">
-        <v>617</v>
+        <v>34</v>
       </c>
       <c r="G672" t="s">
-        <v>1180</v>
+        <v>962</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B673">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="C673" t="s">
         <v>1181</v>
       </c>
       <c r="D673">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E673" t="s">
         <v>28</v>
       </c>
       <c r="F673" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G673" t="s">
-        <v>963</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B674">
-        <v>2009</v>
+        <v>1990</v>
       </c>
       <c r="C674" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D674">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E674" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F674" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G674" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B675">
-        <v>1990</v>
+        <v>2005</v>
       </c>
       <c r="C675" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="D675">
-        <v>8</v>
+        <v>144</v>
       </c>
       <c r="E675" t="s">
         <v>9</v>
       </c>
       <c r="F675" t="s">
-        <v>10</v>
+        <v>223</v>
       </c>
       <c r="G675" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B676">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="C676" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="D676">
-        <v>144</v>
+        <v>117</v>
       </c>
       <c r="E676" t="s">
         <v>9</v>
       </c>
       <c r="F676" t="s">
-        <v>223</v>
+        <v>95</v>
       </c>
       <c r="G676" t="s">
-        <v>1187</v>
+        <v>87</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B677">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="C677" t="s">
         <v>1188</v>
       </c>
       <c r="D677">
-        <v>117</v>
+        <v>2</v>
       </c>
       <c r="E677" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F677" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="G677" t="s">
-        <v>87</v>
+        <v>149</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B678">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="C678" t="s">
         <v>1189</v>
       </c>
       <c r="D678">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E678" t="s">
         <v>28</v>
       </c>
       <c r="F678" t="s">
-        <v>17</v>
+        <v>1190</v>
       </c>
       <c r="G678" t="s">
-        <v>149</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B679">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="C679" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="D679">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="E679" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F679" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="G679" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B680">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="C680" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="D680">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="E680" t="s">
         <v>9</v>
       </c>
       <c r="F680" t="s">
-        <v>1193</v>
+        <v>245</v>
       </c>
       <c r="G680" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B681">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="C681" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="D681">
-        <v>104</v>
+        <v>6</v>
       </c>
       <c r="E681" t="s">
         <v>9</v>
       </c>
       <c r="F681" t="s">
-        <v>245</v>
+        <v>14</v>
       </c>
       <c r="G681" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B682">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="C682" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="D682">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="E682" t="s">
         <v>9</v>
       </c>
       <c r="F682" t="s">
-        <v>14</v>
+        <v>619</v>
       </c>
       <c r="G682" t="s">
-        <v>1198</v>
+        <v>320</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B683">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="C683" t="s">
         <v>1199</v>
       </c>
       <c r="D683">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E683" t="s">
         <v>9</v>
       </c>
       <c r="F683" t="s">
-        <v>620</v>
+        <v>240</v>
       </c>
       <c r="G683" t="s">
-        <v>320</v>
+        <v>149</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B684">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="C684" t="s">
         <v>1200</v>
       </c>
       <c r="D684">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E684" t="s">
         <v>9</v>
       </c>
       <c r="F684" t="s">
-        <v>240</v>
+        <v>20</v>
       </c>
       <c r="G684" t="s">
-        <v>149</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B685">
         <v>1996</v>
       </c>
       <c r="C685" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D685">
+        <v>1</v>
+      </c>
+      <c r="E685" t="s">
+        <v>9</v>
+      </c>
+      <c r="F685" t="s">
+        <v>1203</v>
+      </c>
+      <c r="G685" t="s">
         <v>1201</v>
-      </c>
-[...10 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B686">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="C686" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D686">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E686" t="s">
         <v>9</v>
       </c>
       <c r="F686" t="s">
-        <v>1204</v>
+        <v>10</v>
       </c>
       <c r="G686" t="s">
-        <v>1202</v>
+        <v>672</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B687">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="C687" t="s">
         <v>1205</v>
       </c>
       <c r="D687">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="E687" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F687" t="s">
-        <v>10</v>
+        <v>427</v>
       </c>
       <c r="G687" t="s">
-        <v>673</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B688">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="C688" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D688">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E688" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F688" t="s">
-        <v>427</v>
+        <v>409</v>
       </c>
       <c r="G688" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B689">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="C689" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="D689">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="E689" t="s">
         <v>9</v>
       </c>
       <c r="F689" t="s">
         <v>409</v>
       </c>
       <c r="G689" t="s">
-        <v>1209</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="690" spans="1:7">
-      <c r="A690" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A690"/>
       <c r="B690">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="C690" t="s">
         <v>1210</v>
       </c>
       <c r="D690">
-        <v>37</v>
+        <v>1</v>
       </c>
       <c r="E690" t="s">
         <v>9</v>
       </c>
       <c r="F690" t="s">
-        <v>409</v>
+        <v>79</v>
       </c>
       <c r="G690" t="s">
-        <v>1063</v>
+        <v>149</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691"/>
       <c r="B691">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C691" t="s">
         <v>1211</v>
       </c>
       <c r="D691">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E691" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F691" t="s">
-        <v>79</v>
+        <v>698</v>
       </c>
       <c r="G691" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="692" spans="1:7">
-      <c r="A692"/>
+      <c r="A692" t="s">
+        <v>1212</v>
+      </c>
       <c r="B692">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="C692" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="D692">
         <v>2</v>
       </c>
       <c r="E692" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F692" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>1096</v>
+      </c>
+      <c r="G692"/>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B693">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="C693" t="s">
         <v>1214</v>
       </c>
       <c r="D693">
         <v>2</v>
       </c>
       <c r="E693" t="s">
         <v>9</v>
       </c>
       <c r="F693" t="s">
-        <v>1097</v>
-[...1 lines deleted...]
-      <c r="G693"/>
+        <v>250</v>
+      </c>
+      <c r="G693" t="s">
+        <v>1215</v>
+      </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B694">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C694" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="D694">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E694" t="s">
         <v>9</v>
       </c>
       <c r="F694" t="s">
-        <v>250</v>
+        <v>74</v>
       </c>
       <c r="G694" t="s">
-        <v>1216</v>
+        <v>960</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B695">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="C695" t="s">
         <v>1217</v>
       </c>
       <c r="D695">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E695" t="s">
         <v>9</v>
       </c>
       <c r="F695" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="G695"/>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B696">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="C696" t="s">
         <v>1218</v>
       </c>
       <c r="D696">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E696" t="s">
         <v>9</v>
       </c>
       <c r="F696" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="G696"/>
+        <v>95</v>
+      </c>
+      <c r="G696" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B697">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C697" t="s">
         <v>1219</v>
       </c>
       <c r="D697">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E697" t="s">
         <v>9</v>
       </c>
       <c r="F697" t="s">
-        <v>95</v>
+        <v>703</v>
       </c>
       <c r="G697" t="s">
-        <v>149</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B698">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="C698" t="s">
         <v>1220</v>
       </c>
       <c r="D698">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E698" t="s">
         <v>9</v>
       </c>
       <c r="F698" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="G698" t="s">
-        <v>1045</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B699">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="C699" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="D699">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="E699" t="s">
         <v>9</v>
       </c>
       <c r="F699" t="s">
-        <v>704</v>
+        <v>122</v>
       </c>
       <c r="G699" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B700">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="C700" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="D700">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E700" t="s">
         <v>9</v>
       </c>
       <c r="F700" t="s">
-        <v>122</v>
+        <v>14</v>
       </c>
       <c r="G700" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B701">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="C701" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="D701">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="E701" t="s">
         <v>9</v>
       </c>
       <c r="F701" t="s">
-        <v>14</v>
+        <v>662</v>
       </c>
       <c r="G701" t="s">
-        <v>1226</v>
+        <v>80</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B702">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="C702" t="s">
         <v>1227</v>
       </c>
       <c r="D702">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E702" t="s">
         <v>9</v>
       </c>
       <c r="F702" t="s">
-        <v>663</v>
+        <v>95</v>
       </c>
       <c r="G702" t="s">
-        <v>80</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B703">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="C703" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="D703">
         <v>12</v>
       </c>
       <c r="E703" t="s">
         <v>9</v>
       </c>
       <c r="F703" t="s">
-        <v>95</v>
+        <v>662</v>
       </c>
       <c r="G703" t="s">
-        <v>1229</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B704">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="C704" t="s">
         <v>1230</v>
       </c>
       <c r="D704">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E704" t="s">
         <v>9</v>
       </c>
       <c r="F704" t="s">
-        <v>663</v>
+        <v>165</v>
       </c>
       <c r="G704" t="s">
-        <v>1026</v>
+        <v>905</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B705">
-        <v>2017</v>
+        <v>1988</v>
       </c>
       <c r="C705" t="s">
         <v>1231</v>
       </c>
       <c r="D705">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="E705" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F705" t="s">
-        <v>165</v>
+        <v>429</v>
       </c>
       <c r="G705" t="s">
-        <v>906</v>
+        <v>241</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B706">
-        <v>1988</v>
+        <v>1998</v>
       </c>
       <c r="C706" t="s">
         <v>1232</v>
       </c>
       <c r="D706">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E706" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F706" t="s">
-        <v>429</v>
+        <v>240</v>
       </c>
       <c r="G706" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B707">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="C707" t="s">
         <v>1233</v>
       </c>
       <c r="D707">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E707" t="s">
         <v>9</v>
       </c>
       <c r="F707" t="s">
-        <v>240</v>
+        <v>20</v>
       </c>
       <c r="G707" t="s">
-        <v>246</v>
+        <v>18</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B708">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="C708" t="s">
         <v>1234</v>
       </c>
       <c r="D708">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E708" t="s">
         <v>9</v>
       </c>
       <c r="F708" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G708" t="s">
-        <v>18</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B709">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="C709" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="D709">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E709" t="s">
         <v>9</v>
       </c>
       <c r="F709" t="s">
-        <v>31</v>
+        <v>122</v>
       </c>
       <c r="G709" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B710">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="C710" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="D710">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E710" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F710" t="s">
-        <v>122</v>
+        <v>429</v>
       </c>
       <c r="G710" t="s">
-        <v>1238</v>
+        <v>18</v>
       </c>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B711">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="C711" t="s">
         <v>1239</v>
       </c>
       <c r="D711">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E711" t="s">
         <v>28</v>
       </c>
       <c r="F711" t="s">
-        <v>429</v>
+        <v>10</v>
       </c>
       <c r="G711" t="s">
-        <v>18</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B712">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="C712" t="s">
         <v>1240</v>
       </c>
       <c r="D712">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E712" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F712" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="G712" t="s">
-        <v>1226</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B713">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="C713" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="D713">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E713" t="s">
         <v>9</v>
       </c>
       <c r="F713" t="s">
-        <v>140</v>
+        <v>616</v>
       </c>
       <c r="G713" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B714">
-        <v>2001</v>
+        <v>2016</v>
       </c>
       <c r="C714" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="D714">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="E714" t="s">
         <v>9</v>
       </c>
       <c r="F714" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="G714" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B715">
         <v>2016</v>
       </c>
       <c r="C715" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="D715">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E715" t="s">
         <v>9</v>
       </c>
       <c r="F715" t="s">
-        <v>617</v>
+        <v>259</v>
       </c>
       <c r="G715" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B716">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="C716" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="D716">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E716" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F716" t="s">
-        <v>259</v>
+        <v>662</v>
       </c>
       <c r="G716" t="s">
-        <v>1248</v>
+        <v>816</v>
       </c>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B717">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="C717" t="s">
         <v>1249</v>
       </c>
       <c r="D717">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E717" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F717" t="s">
-        <v>663</v>
+        <v>74</v>
       </c>
       <c r="G717" t="s">
-        <v>817</v>
+        <v>962</v>
       </c>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B718">
-        <v>1999</v>
+        <v>2010</v>
       </c>
       <c r="C718" t="s">
         <v>1250</v>
       </c>
       <c r="D718">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E718" t="s">
         <v>9</v>
       </c>
       <c r="F718" t="s">
-        <v>74</v>
+        <v>300</v>
       </c>
       <c r="G718" t="s">
-        <v>963</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B719">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="C719" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D719">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E719" t="s">
         <v>9</v>
       </c>
       <c r="F719" t="s">
         <v>300</v>
       </c>
       <c r="G719" t="s">
-        <v>1252</v>
+        <v>905</v>
       </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B720">
         <v>2015</v>
       </c>
       <c r="C720" t="s">
         <v>1253</v>
       </c>
       <c r="D720">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E720" t="s">
         <v>9</v>
       </c>
       <c r="F720" t="s">
-        <v>300</v>
+        <v>52</v>
       </c>
       <c r="G720" t="s">
-        <v>906</v>
+        <v>412</v>
       </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B721">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="C721" t="s">
         <v>1254</v>
       </c>
       <c r="D721">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E721" t="s">
         <v>9</v>
       </c>
       <c r="F721" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G721"/>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B722">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="C722" t="s">
         <v>1255</v>
       </c>
       <c r="D722">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E722" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F722" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="G722"/>
+        <v>17</v>
+      </c>
+      <c r="G722" t="s">
+        <v>992</v>
+      </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B723">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="C723" t="s">
         <v>1256</v>
       </c>
       <c r="D723">
         <v>4</v>
       </c>
       <c r="E723" t="s">
         <v>28</v>
       </c>
       <c r="F723" t="s">
-        <v>17</v>
+        <v>240</v>
       </c>
       <c r="G723" t="s">
-        <v>993</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B724">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="C724" t="s">
         <v>1257</v>
       </c>
       <c r="D724">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="E724" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F724" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="G724"/>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B725">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="C725" t="s">
         <v>1258</v>
       </c>
       <c r="D725">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E725" t="s">
         <v>9</v>
       </c>
       <c r="F725" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G725"/>
+        <v>165</v>
+      </c>
+      <c r="G725" t="s">
+        <v>241</v>
+      </c>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B726">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="C726" t="s">
         <v>1259</v>
       </c>
       <c r="D726">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="E726" t="s">
         <v>9</v>
       </c>
       <c r="F726" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="G726" t="s">
-        <v>241</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B727">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="C727" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="D727">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E727" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F727" t="s">
-        <v>155</v>
+        <v>129</v>
       </c>
       <c r="G727" t="s">
-        <v>1261</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B728">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="C728" t="s">
         <v>1262</v>
       </c>
       <c r="D728">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E728" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F728" t="s">
-        <v>129</v>
+        <v>402</v>
       </c>
       <c r="G728" t="s">
-        <v>1175</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B729">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="C729" t="s">
         <v>1263</v>
       </c>
       <c r="D729">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E729" t="s">
         <v>28</v>
       </c>
       <c r="F729" t="s">
-        <v>402</v>
+        <v>1057</v>
       </c>
       <c r="G729" t="s">
-        <v>1261</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B730">
         <v>2014</v>
       </c>
       <c r="C730" t="s">
         <v>1264</v>
       </c>
       <c r="D730">
         <v>1</v>
       </c>
       <c r="E730" t="s">
-        <v>28</v>
+        <v>481</v>
       </c>
       <c r="F730" t="s">
-        <v>1058</v>
+        <v>574</v>
       </c>
       <c r="G730" t="s">
-        <v>1175</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B731">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C731" t="s">
         <v>1265</v>
       </c>
       <c r="D731">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E731" t="s">
-        <v>481</v>
+        <v>9</v>
       </c>
       <c r="F731" t="s">
-        <v>575</v>
+        <v>74</v>
       </c>
       <c r="G731" t="s">
-        <v>1175</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B732">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="C732" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D732">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E732" t="s">
         <v>9</v>
       </c>
       <c r="F732" t="s">
-        <v>74</v>
+        <v>250</v>
       </c>
       <c r="G732" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B733">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C733" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="D733">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E733" t="s">
         <v>9</v>
       </c>
       <c r="F733" t="s">
         <v>250</v>
       </c>
       <c r="G733" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B734">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="C734" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="D734">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E734" t="s">
-        <v>9</v>
+        <v>481</v>
       </c>
       <c r="F734" t="s">
-        <v>250</v>
+        <v>1272</v>
       </c>
       <c r="G734" t="s">
-        <v>1271</v>
+        <v>416</v>
       </c>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B735">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="C735" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="D735">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="E735" t="s">
-        <v>481</v>
+        <v>9</v>
       </c>
       <c r="F735" t="s">
-        <v>1273</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="G735"/>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B736">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="C736" t="s">
         <v>1274</v>
       </c>
       <c r="D736">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="E736" t="s">
         <v>9</v>
       </c>
       <c r="F736" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="G736"/>
+        <v>43</v>
+      </c>
+      <c r="G736" t="s">
+        <v>1275</v>
+      </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B737">
         <v>2004</v>
       </c>
       <c r="C737" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="D737">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E737" t="s">
         <v>9</v>
       </c>
       <c r="F737" t="s">
-        <v>43</v>
+        <v>240</v>
       </c>
       <c r="G737" t="s">
-        <v>1276</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B738">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="C738" t="s">
         <v>1277</v>
       </c>
       <c r="D738">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="E738" t="s">
         <v>9</v>
       </c>
       <c r="F738" t="s">
         <v>240</v>
       </c>
       <c r="G738" t="s">
-        <v>1261</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B739">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="C739" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="D739">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="E739" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F739" t="s">
-        <v>240</v>
+        <v>217</v>
       </c>
       <c r="G739" t="s">
-        <v>1279</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B740">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="C740" t="s">
         <v>1280</v>
       </c>
       <c r="D740">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E740" t="s">
         <v>42</v>
       </c>
       <c r="F740" t="s">
-        <v>217</v>
+        <v>1281</v>
       </c>
       <c r="G740" t="s">
-        <v>1261</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B741">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="C741" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="D741">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E741" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F741" t="s">
-        <v>1282</v>
+        <v>240</v>
       </c>
       <c r="G741" t="s">
-        <v>1283</v>
+        <v>93</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B742">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="C742" t="s">
         <v>1284</v>
       </c>
       <c r="D742">
         <v>2</v>
       </c>
       <c r="E742" t="s">
         <v>9</v>
       </c>
       <c r="F742" t="s">
-        <v>240</v>
+        <v>67</v>
       </c>
       <c r="G742" t="s">
-        <v>93</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B743">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="C743" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="D743">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="E743" t="s">
         <v>9</v>
       </c>
       <c r="F743" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="G743" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B744">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="C744" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="D744">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="E744" t="s">
         <v>9</v>
       </c>
       <c r="F744" t="s">
-        <v>43</v>
+        <v>662</v>
       </c>
       <c r="G744" t="s">
-        <v>1288</v>
+        <v>190</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B745">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C745" t="s">
         <v>1289</v>
       </c>
       <c r="D745">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E745" t="s">
         <v>9</v>
       </c>
       <c r="F745" t="s">
-        <v>663</v>
+        <v>850</v>
       </c>
       <c r="G745" t="s">
-        <v>190</v>
+        <v>808</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B746">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C746" t="s">
         <v>1290</v>
       </c>
       <c r="D746">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="E746" t="s">
         <v>9</v>
       </c>
       <c r="F746" t="s">
-        <v>851</v>
+        <v>259</v>
       </c>
       <c r="G746" t="s">
-        <v>809</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B747">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="C747" t="s">
         <v>1291</v>
       </c>
       <c r="D747">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E747" t="s">
         <v>9</v>
       </c>
       <c r="F747" t="s">
-        <v>259</v>
+        <v>140</v>
       </c>
       <c r="G747" t="s">
-        <v>1026</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B748">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="C748" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="D748">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="E748" t="s">
         <v>9</v>
       </c>
       <c r="F748" t="s">
-        <v>140</v>
+        <v>300</v>
       </c>
       <c r="G748" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B749">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="C749" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="D749">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E749" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F749" t="s">
-        <v>300</v>
+        <v>662</v>
       </c>
       <c r="G749" t="s">
-        <v>1295</v>
+        <v>136</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B750">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="C750" t="s">
         <v>1296</v>
       </c>
       <c r="D750">
         <v>1</v>
       </c>
       <c r="E750" t="s">
         <v>28</v>
       </c>
       <c r="F750" t="s">
-        <v>663</v>
+        <v>576</v>
       </c>
       <c r="G750" t="s">
-        <v>136</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B751">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="C751" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="D751">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E751" t="s">
-        <v>28</v>
+        <v>481</v>
       </c>
       <c r="F751" t="s">
-        <v>577</v>
+        <v>1299</v>
       </c>
       <c r="G751" t="s">
-        <v>1298</v>
+        <v>785</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B752">
         <v>2021</v>
       </c>
       <c r="C752" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="D752">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E752" t="s">
-        <v>481</v>
+        <v>571</v>
       </c>
       <c r="F752" t="s">
-        <v>1300</v>
+        <v>505</v>
       </c>
       <c r="G752" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B753">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="C753" t="s">
         <v>1301</v>
       </c>
       <c r="D753">
         <v>1</v>
       </c>
       <c r="E753" t="s">
-        <v>572</v>
+        <v>39</v>
       </c>
       <c r="F753" t="s">
-        <v>505</v>
+        <v>125</v>
       </c>
       <c r="G753" t="s">
-        <v>786</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B754">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C754" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="D754">
         <v>1</v>
       </c>
       <c r="E754" t="s">
         <v>39</v>
       </c>
       <c r="F754" t="s">
         <v>125</v>
       </c>
       <c r="G754" t="s">
-        <v>1303</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B755">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="C755" t="s">
         <v>1304</v>
       </c>
       <c r="D755">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="E755" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F755" t="s">
-        <v>125</v>
+        <v>409</v>
       </c>
       <c r="G755" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B756">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C756" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="D756">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="E756" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F756" t="s">
-        <v>409</v>
+        <v>240</v>
       </c>
       <c r="G756" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B757">
         <v>2020</v>
       </c>
       <c r="C757" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D757">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="E757" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F757" t="s">
-        <v>240</v>
+        <v>1309</v>
       </c>
       <c r="G757" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B758">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C758" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="D758">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="E758" t="s">
         <v>9</v>
       </c>
       <c r="F758" t="s">
-        <v>1310</v>
+        <v>131</v>
       </c>
       <c r="G758" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B759">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C759" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="D759">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="E759" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F759" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="G759" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B760">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C760" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D760">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="E760" t="s">
         <v>28</v>
       </c>
       <c r="F760" t="s">
         <v>10</v>
       </c>
       <c r="G760" t="s">
-        <v>1315</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B761">
-        <v>2021</v>
+        <v>2005</v>
       </c>
       <c r="C761" t="s">
         <v>1316</v>
       </c>
       <c r="D761">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="E761" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F761" t="s">
-        <v>10</v>
+        <v>1317</v>
       </c>
       <c r="G761" t="s">
-        <v>1196</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B762">
         <v>2005</v>
       </c>
       <c r="C762" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="D762">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E762" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F762" t="s">
+        <v>576</v>
+      </c>
+      <c r="G762" t="s">
         <v>1318</v>
-      </c>
-[...1 lines deleted...]
-        <v>1319</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B763">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="C763" t="s">
         <v>1320</v>
       </c>
       <c r="D763">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E763" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F763" t="s">
-        <v>577</v>
+        <v>240</v>
       </c>
       <c r="G763" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B764">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="C764" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="D764">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="E764" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F764" t="s">
-        <v>240</v>
+        <v>140</v>
       </c>
       <c r="G764" t="s">
-        <v>1322</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B765">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="C765" t="s">
         <v>1323</v>
       </c>
       <c r="D765">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="E765" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F765" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="G765"/>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B766">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="C766" t="s">
         <v>1324</v>
       </c>
       <c r="D766">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E766" t="s">
         <v>9</v>
       </c>
       <c r="F766" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="G766"/>
+        <v>131</v>
+      </c>
+      <c r="G766" t="s">
+        <v>1025</v>
+      </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B767">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="C767" t="s">
         <v>1325</v>
       </c>
       <c r="D767">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E767" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F767" t="s">
-        <v>131</v>
+        <v>31</v>
       </c>
       <c r="G767" t="s">
-        <v>1026</v>
+        <v>860</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B768">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="C768" t="s">
         <v>1326</v>
       </c>
       <c r="D768">
         <v>1</v>
       </c>
       <c r="E768" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F768" t="s">
-        <v>31</v>
+        <v>634</v>
       </c>
       <c r="G768" t="s">
-        <v>861</v>
+        <v>799</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B769">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="C769" t="s">
         <v>1327</v>
       </c>
       <c r="D769">
         <v>1</v>
       </c>
       <c r="E769" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F769" t="s">
-        <v>635</v>
+        <v>192</v>
       </c>
       <c r="G769" t="s">
-        <v>800</v>
+        <v>201</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B770">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="C770" t="s">
         <v>1328</v>
       </c>
       <c r="D770">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E770" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F770" t="s">
-        <v>192</v>
+        <v>131</v>
       </c>
       <c r="G770" t="s">
-        <v>201</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B771">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="C771" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D771">
+        <v>10</v>
+      </c>
+      <c r="E771" t="s">
+        <v>9</v>
+      </c>
+      <c r="F771" t="s">
+        <v>265</v>
+      </c>
+      <c r="G771" t="s">
         <v>1329</v>
-      </c>
-[...10 lines deleted...]
-        <v>1330</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B772">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="C772" t="s">
         <v>1331</v>
       </c>
       <c r="D772">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E772" t="s">
         <v>9</v>
       </c>
       <c r="F772" t="s">
-        <v>265</v>
+        <v>250</v>
       </c>
       <c r="G772" t="s">
-        <v>1330</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B773">
         <v>2010</v>
       </c>
       <c r="C773" t="s">
         <v>1332</v>
       </c>
       <c r="D773">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E773" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F773" t="s">
-        <v>250</v>
+        <v>165</v>
       </c>
       <c r="G773" t="s">
-        <v>1330</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B774">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="C774" t="s">
         <v>1333</v>
       </c>
       <c r="D774">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="E774" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F774" t="s">
-        <v>165</v>
+        <v>259</v>
       </c>
       <c r="G774" t="s">
-        <v>1330</v>
+        <v>246</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B775">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="C775" t="s">
         <v>1334</v>
       </c>
       <c r="D775">
         <v>12</v>
       </c>
       <c r="E775" t="s">
         <v>9</v>
       </c>
       <c r="F775" t="s">
         <v>259</v>
       </c>
       <c r="G775" t="s">
-        <v>246</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B776">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="C776" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D776">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="E776" t="s">
         <v>9</v>
       </c>
       <c r="F776" t="s">
         <v>259</v>
       </c>
       <c r="G776" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B777">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="C777" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="D777">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="E777" t="s">
         <v>9</v>
       </c>
       <c r="F777" t="s">
-        <v>259</v>
+        <v>43</v>
       </c>
       <c r="G777" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B778">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="C778" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="D778">
         <v>10</v>
       </c>
       <c r="E778" t="s">
         <v>9</v>
       </c>
       <c r="F778" t="s">
-        <v>43</v>
+        <v>232</v>
       </c>
       <c r="G778" t="s">
-        <v>1340</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B779">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C779" t="s">
         <v>1341</v>
       </c>
       <c r="D779">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E779" t="s">
         <v>9</v>
       </c>
       <c r="F779" t="s">
-        <v>232</v>
+        <v>1342</v>
       </c>
       <c r="G779" t="s">
-        <v>1053</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B780">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C780" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="D780">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E780" t="s">
         <v>9</v>
       </c>
       <c r="F780" t="s">
-        <v>1343</v>
+        <v>232</v>
       </c>
       <c r="G780" t="s">
-        <v>1344</v>
+        <v>190</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B781">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="C781" t="s">
         <v>1345</v>
       </c>
       <c r="D781">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="E781" t="s">
         <v>9</v>
       </c>
       <c r="F781" t="s">
-        <v>232</v>
+        <v>1346</v>
       </c>
       <c r="G781" t="s">
-        <v>190</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B782">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C782" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="D782">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E782" t="s">
         <v>9</v>
       </c>
       <c r="F782" t="s">
-        <v>1347</v>
+        <v>232</v>
       </c>
       <c r="G782" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B783">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="C783" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="D783">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E783" t="s">
         <v>9</v>
       </c>
       <c r="F783" t="s">
-        <v>232</v>
+        <v>55</v>
       </c>
       <c r="G783" t="s">
-        <v>1350</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B784">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="C784" t="s">
         <v>1351</v>
       </c>
       <c r="D784">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E784" t="s">
         <v>9</v>
       </c>
       <c r="F784" t="s">
-        <v>55</v>
+        <v>733</v>
       </c>
       <c r="G784" t="s">
-        <v>1053</v>
+        <v>932</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B785">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="C785" t="s">
         <v>1352</v>
       </c>
       <c r="D785">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E785" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F785" t="s">
-        <v>734</v>
+        <v>675</v>
       </c>
       <c r="G785" t="s">
-        <v>933</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B786">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="C786" t="s">
         <v>1353</v>
       </c>
       <c r="D786">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="E786" t="s">
         <v>42</v>
       </c>
       <c r="F786" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="G786" t="s">
-        <v>1340</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B787">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C787" t="s">
         <v>1354</v>
       </c>
       <c r="D787">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E787" t="s">
         <v>42</v>
       </c>
       <c r="F787" t="s">
-        <v>676</v>
+        <v>1057</v>
       </c>
       <c r="G787" t="s">
-        <v>1053</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B788">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="C788" t="s">
         <v>1355</v>
       </c>
       <c r="D788">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E788" t="s">
         <v>42</v>
       </c>
       <c r="F788" t="s">
-        <v>1058</v>
+        <v>675</v>
       </c>
       <c r="G788" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B789">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="C789" t="s">
         <v>1356</v>
       </c>
       <c r="D789">
         <v>1</v>
       </c>
       <c r="E789" t="s">
         <v>42</v>
       </c>
       <c r="F789" t="s">
-        <v>676</v>
+        <v>402</v>
       </c>
       <c r="G789" t="s">
-        <v>1348</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B790">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C790" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="D790">
         <v>1</v>
       </c>
       <c r="E790" t="s">
         <v>42</v>
       </c>
       <c r="F790" t="s">
-        <v>402</v>
+        <v>1359</v>
       </c>
       <c r="G790" t="s">
-        <v>1358</v>
+        <v>932</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B791">
-        <v>2016</v>
+        <v>2003</v>
       </c>
       <c r="C791" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D791">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E791" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F791" t="s">
-        <v>1360</v>
+        <v>232</v>
       </c>
       <c r="G791" t="s">
-        <v>933</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B792">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="C792" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D792">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E792" t="s">
         <v>9</v>
       </c>
       <c r="F792" t="s">
-        <v>232</v>
+        <v>259</v>
       </c>
       <c r="G792" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B793">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="C793" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="D793">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="E793" t="s">
         <v>9</v>
       </c>
       <c r="F793" t="s">
-        <v>259</v>
+        <v>300</v>
       </c>
       <c r="G793" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B794">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="C794" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="D794">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E794" t="s">
         <v>9</v>
       </c>
       <c r="F794" t="s">
-        <v>300</v>
+        <v>74</v>
       </c>
       <c r="G794" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B795">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C795" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D795">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E795" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F795" t="s">
-        <v>74</v>
+        <v>1317</v>
       </c>
       <c r="G795" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B796">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="C796" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="D796">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E796" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F796" t="s">
-        <v>1318</v>
+        <v>172</v>
       </c>
       <c r="G796" t="s">
-        <v>1370</v>
+        <v>80</v>
       </c>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B797">
         <v>2015</v>
       </c>
       <c r="C797" t="s">
         <v>1371</v>
       </c>
       <c r="D797">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E797" t="s">
         <v>9</v>
       </c>
       <c r="F797" t="s">
         <v>172</v>
       </c>
       <c r="G797" t="s">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B798">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="C798" t="s">
         <v>1372</v>
       </c>
       <c r="D798">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="E798" t="s">
         <v>9</v>
       </c>
       <c r="F798" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="G798" t="s">
-        <v>190</v>
+        <v>246</v>
       </c>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B799">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="C799" t="s">
         <v>1373</v>
       </c>
       <c r="D799">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E799" t="s">
         <v>9</v>
       </c>
       <c r="F799" t="s">
-        <v>177</v>
+        <v>140</v>
       </c>
       <c r="G799" t="s">
-        <v>246</v>
+        <v>905</v>
       </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B800">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="C800" t="s">
         <v>1374</v>
       </c>
       <c r="D800">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E800" t="s">
         <v>9</v>
       </c>
       <c r="F800" t="s">
         <v>140</v>
       </c>
       <c r="G800" t="s">
-        <v>906</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B801">
-        <v>2008</v>
+        <v>1997</v>
       </c>
       <c r="C801" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="D801">
         <v>12</v>
       </c>
       <c r="E801" t="s">
         <v>9</v>
       </c>
       <c r="F801" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="G801"/>
     </row>
     <row r="802" spans="1:7">
-      <c r="A802" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A802"/>
       <c r="B802">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="C802" t="s">
         <v>1377</v>
       </c>
       <c r="D802">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="E802" t="s">
         <v>9</v>
       </c>
       <c r="F802" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="G802"/>
+        <v>196</v>
+      </c>
+      <c r="G802" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="803" spans="1:7">
-      <c r="A803"/>
+      <c r="A803" t="s">
+        <v>1378</v>
+      </c>
       <c r="B803">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="C803" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="D803">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E803" t="s">
-        <v>9</v>
+        <v>481</v>
       </c>
       <c r="F803" t="s">
-        <v>196</v>
+        <v>34</v>
       </c>
       <c r="G803" t="s">
-        <v>149</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B804">
-        <v>2007</v>
+        <v>1990</v>
       </c>
       <c r="C804" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="D804">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E804" t="s">
-        <v>481</v>
+        <v>9</v>
       </c>
       <c r="F804" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G804" t="s">
-        <v>1381</v>
+        <v>65</v>
       </c>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B805">
-        <v>1990</v>
+        <v>2005</v>
       </c>
       <c r="C805" t="s">
         <v>1382</v>
       </c>
       <c r="D805">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E805" t="s">
         <v>9</v>
       </c>
       <c r="F805" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="G805" t="s">
-        <v>65</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B806">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="C806" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="D806">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E806" t="s">
         <v>9</v>
       </c>
       <c r="F806" t="s">
         <v>55</v>
       </c>
       <c r="G806" t="s">
-        <v>1384</v>
+        <v>601</v>
       </c>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B807">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="C807" t="s">
         <v>1385</v>
       </c>
       <c r="D807">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E807" t="s">
         <v>9</v>
       </c>
       <c r="F807" t="s">
-        <v>55</v>
+        <v>203</v>
       </c>
       <c r="G807" t="s">
-        <v>602</v>
+        <v>860</v>
       </c>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B808">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="C808" t="s">
         <v>1386</v>
       </c>
       <c r="D808">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E808" t="s">
         <v>9</v>
       </c>
       <c r="F808" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="G808" t="s">
-        <v>861</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B809">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="C809" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="D809">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="E809" t="s">
         <v>9</v>
       </c>
       <c r="F809" t="s">
-        <v>196</v>
+        <v>1389</v>
       </c>
       <c r="G809" t="s">
-        <v>1388</v>
+        <v>601</v>
       </c>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B810">
         <v>2020</v>
       </c>
       <c r="C810" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="D810">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="E810" t="s">
         <v>9</v>
       </c>
       <c r="F810" t="s">
-        <v>1390</v>
+        <v>619</v>
       </c>
       <c r="G810" t="s">
-        <v>602</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B811">
-        <v>2020</v>
+        <v>2003</v>
       </c>
       <c r="C811" t="s">
         <v>1391</v>
       </c>
       <c r="D811">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E811" t="s">
         <v>9</v>
       </c>
       <c r="F811" t="s">
-        <v>620</v>
+        <v>850</v>
       </c>
       <c r="G811" t="s">
-        <v>1004</v>
+        <v>65</v>
       </c>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B812">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="C812" t="s">
         <v>1392</v>
       </c>
       <c r="D812">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E812" t="s">
         <v>9</v>
       </c>
       <c r="F812" t="s">
-        <v>851</v>
+        <v>194</v>
       </c>
       <c r="G812" t="s">
-        <v>65</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B813">
         <v>2016</v>
       </c>
       <c r="C813" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D813">
+        <v>1</v>
+      </c>
+      <c r="E813" t="s">
+        <v>9</v>
+      </c>
+      <c r="F813" t="s">
+        <v>148</v>
+      </c>
+      <c r="G813" t="s">
         <v>1393</v>
-      </c>
-[...10 lines deleted...]
-        <v>1394</v>
       </c>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="B814">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="C814" t="s">
         <v>1395</v>
       </c>
       <c r="D814">
         <v>1</v>
       </c>
       <c r="E814" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F814" t="s">
-        <v>148</v>
+        <v>393</v>
       </c>
       <c r="G814" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="815" spans="1:7">
-      <c r="A815" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A815"/>
       <c r="B815">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="C815" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="D815">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E815" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F815" t="s">
-        <v>393</v>
+        <v>265</v>
       </c>
       <c r="G815" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="816" spans="1:7">
       <c r="A816"/>
       <c r="B816">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="C816" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="D816">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E816" t="s">
-        <v>9</v>
+        <v>231</v>
       </c>
       <c r="F816" t="s">
-        <v>265</v>
-[...3 lines deleted...]
-      </c>
+        <v>1400</v>
+      </c>
+      <c r="G816"/>
     </row>
     <row r="817" spans="1:7">
       <c r="A817"/>
       <c r="B817">
         <v>2007</v>
       </c>
       <c r="C817" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="D817">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E817" t="s">
         <v>231</v>
       </c>
       <c r="F817" t="s">
-        <v>1401</v>
-[...1 lines deleted...]
-      <c r="G817"/>
+        <v>265</v>
+      </c>
+      <c r="G817" t="s">
+        <v>1339</v>
+      </c>
     </row>
     <row r="818" spans="1:7">
       <c r="A818"/>
       <c r="B818">
         <v>2007</v>
       </c>
       <c r="C818" t="s">
         <v>1402</v>
       </c>
       <c r="D818">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E818" t="s">
         <v>231</v>
       </c>
       <c r="F818" t="s">
         <v>265</v>
       </c>
       <c r="G818" t="s">
-        <v>1340</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="819" spans="1:7">
       <c r="A819"/>
       <c r="B819">
-        <v>2007</v>
+        <v>2020</v>
       </c>
       <c r="C819" t="s">
         <v>1403</v>
       </c>
       <c r="D819">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E819" t="s">
         <v>231</v>
       </c>
       <c r="F819" t="s">
-        <v>265</v>
+        <v>1404</v>
       </c>
       <c r="G819" t="s">
-        <v>1018</v>
+        <v>18</v>
       </c>
     </row>
     <row r="820" spans="1:7">
-      <c r="A820"/>
+      <c r="A820" t="s">
+        <v>1405</v>
+      </c>
       <c r="B820">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="C820" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="D820">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E820" t="s">
-        <v>231</v>
+        <v>9</v>
       </c>
       <c r="F820" t="s">
-        <v>1405</v>
+        <v>177</v>
       </c>
       <c r="G820" t="s">
-        <v>18</v>
+        <v>632</v>
       </c>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B821">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="C821" t="s">
         <v>1407</v>
       </c>
       <c r="D821">
         <v>1</v>
       </c>
       <c r="E821" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F821" t="s">
-        <v>177</v>
+        <v>610</v>
       </c>
       <c r="G821" t="s">
-        <v>633</v>
+        <v>46</v>
       </c>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B822">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="C822" t="s">
         <v>1408</v>
       </c>
       <c r="D822">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E822" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F822" t="s">
-        <v>611</v>
+        <v>300</v>
       </c>
       <c r="G822" t="s">
-        <v>46</v>
+        <v>80</v>
       </c>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B823">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="C823" t="s">
         <v>1409</v>
       </c>
       <c r="D823">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E823" t="s">
         <v>9</v>
       </c>
       <c r="F823" t="s">
-        <v>300</v>
+        <v>131</v>
       </c>
       <c r="G823" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B824">
         <v>2022</v>
       </c>
       <c r="C824" t="s">
         <v>1410</v>
       </c>
       <c r="D824">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E824" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F824" t="s">
-        <v>131</v>
+        <v>1411</v>
       </c>
       <c r="G824" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B825">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="C825" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="D825">
         <v>9</v>
       </c>
       <c r="E825" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F825" t="s">
-        <v>1412</v>
+        <v>90</v>
       </c>
       <c r="G825" t="s">
-        <v>93</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B826">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="C826" t="s">
         <v>1413</v>
       </c>
       <c r="D826">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E826" t="s">
         <v>9</v>
       </c>
       <c r="F826" t="s">
-        <v>90</v>
+        <v>165</v>
       </c>
       <c r="G826" t="s">
-        <v>1063</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B827">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="C827" t="s">
         <v>1414</v>
       </c>
       <c r="D827">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E827" t="s">
         <v>9</v>
       </c>
       <c r="F827" t="s">
-        <v>165</v>
+        <v>300</v>
       </c>
       <c r="G827" t="s">
-        <v>1045</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B828">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="C828" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="D828">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E828" t="s">
         <v>9</v>
       </c>
       <c r="F828" t="s">
-        <v>300</v>
+        <v>1417</v>
       </c>
       <c r="G828" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B829">
         <v>2019</v>
       </c>
       <c r="C829" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="D829">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E829" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F829" t="s">
+        <v>881</v>
+      </c>
+      <c r="G829" t="s">
         <v>1418</v>
-      </c>
-[...1 lines deleted...]
-        <v>1419</v>
       </c>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B830">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C830" t="s">
         <v>1420</v>
       </c>
       <c r="D830">
         <v>1</v>
       </c>
       <c r="E830" t="s">
         <v>28</v>
       </c>
       <c r="F830" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="G830" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B831">
         <v>2020</v>
       </c>
       <c r="C831" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D831">
+        <v>1</v>
+      </c>
+      <c r="E831" t="s">
+        <v>39</v>
+      </c>
+      <c r="F831" t="s">
+        <v>382</v>
+      </c>
+      <c r="G831" t="s">
         <v>1421</v>
-      </c>
-[...10 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B832">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="C832" t="s">
         <v>1423</v>
       </c>
       <c r="D832">
         <v>1</v>
       </c>
       <c r="E832" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F832" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="G832" t="s">
-        <v>1422</v>
+        <v>65</v>
       </c>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B833">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C833" t="s">
         <v>1424</v>
       </c>
       <c r="D833">
         <v>1</v>
       </c>
       <c r="E833" t="s">
         <v>42</v>
       </c>
       <c r="F833" t="s">
-        <v>389</v>
+        <v>775</v>
       </c>
       <c r="G833" t="s">
-        <v>65</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B834">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="C834" t="s">
         <v>1425</v>
       </c>
       <c r="D834">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="E834" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F834" t="s">
-        <v>776</v>
+        <v>272</v>
       </c>
       <c r="G834" t="s">
-        <v>1419</v>
+        <v>960</v>
       </c>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B835">
         <v>2018</v>
       </c>
       <c r="C835" t="s">
         <v>1426</v>
       </c>
       <c r="D835">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E835" t="s">
         <v>9</v>
       </c>
       <c r="F835" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
       <c r="G835" t="s">
-        <v>961</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B836">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="C836" t="s">
         <v>1427</v>
       </c>
       <c r="D836">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E836" t="s">
         <v>9</v>
       </c>
       <c r="F836" t="s">
-        <v>259</v>
+        <v>603</v>
       </c>
       <c r="G836" t="s">
-        <v>1340</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="B837">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="C837" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="D837">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E837" t="s">
         <v>9</v>
       </c>
       <c r="F837" t="s">
-        <v>604</v>
+        <v>20</v>
       </c>
       <c r="G837" t="s">
-        <v>1429</v>
+        <v>18</v>
       </c>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" t="s">
-        <v>1406</v>
+        <v>1430</v>
       </c>
       <c r="B838">
-        <v>2006</v>
+        <v>2022</v>
       </c>
       <c r="C838" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="D838">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E838" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F838" t="s">
-        <v>20</v>
+        <v>399</v>
       </c>
       <c r="G838" t="s">
-        <v>18</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B839">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="C839" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="D839">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E839" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F839" t="s">
-        <v>399</v>
+        <v>34</v>
       </c>
       <c r="G839" t="s">
-        <v>1433</v>
+        <v>65</v>
       </c>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B840">
-        <v>2010</v>
+        <v>1998</v>
       </c>
       <c r="C840" t="s">
         <v>1434</v>
       </c>
       <c r="D840">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E840" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F840" t="s">
-        <v>34</v>
+        <v>385</v>
       </c>
       <c r="G840" t="s">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B841">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="C841" t="s">
         <v>1435</v>
       </c>
       <c r="D841">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E841" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F841" t="s">
-        <v>385</v>
+        <v>1436</v>
       </c>
       <c r="G841" t="s">
-        <v>190</v>
+        <v>65</v>
       </c>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B842">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="C842" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="D842">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E842" t="s">
         <v>9</v>
       </c>
       <c r="F842" t="s">
-        <v>1437</v>
+        <v>64</v>
       </c>
       <c r="G842" t="s">
-        <v>65</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B843">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="C843" t="s">
         <v>1438</v>
       </c>
       <c r="D843">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E843" t="s">
-        <v>9</v>
+        <v>1439</v>
       </c>
       <c r="F843" t="s">
-        <v>64</v>
+        <v>572</v>
       </c>
       <c r="G843" t="s">
-        <v>1018</v>
+        <v>626</v>
       </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B844">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C844" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D844">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E844" t="s">
-        <v>1440</v>
+        <v>42</v>
       </c>
       <c r="F844" t="s">
-        <v>573</v>
+        <v>343</v>
       </c>
       <c r="G844" t="s">
-        <v>627</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B845">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="C845" t="s">
         <v>1441</v>
       </c>
       <c r="D845">
         <v>2</v>
       </c>
       <c r="E845" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F845" t="s">
-        <v>343</v>
+        <v>1442</v>
       </c>
       <c r="G845" t="s">
-        <v>1018</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B846">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="C846" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="D846">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="E846" t="s">
         <v>9</v>
       </c>
       <c r="F846" t="s">
-        <v>1443</v>
+        <v>82</v>
       </c>
       <c r="G846" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B847">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C847" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="D847">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E847" t="s">
         <v>9</v>
       </c>
       <c r="F847" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="G847" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B848">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C848" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="D848">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E848" t="s">
         <v>9</v>
       </c>
       <c r="F848" t="s">
-        <v>79</v>
+        <v>703</v>
       </c>
       <c r="G848" t="s">
-        <v>1448</v>
+        <v>279</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B849">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C849" t="s">
         <v>1449</v>
       </c>
       <c r="D849">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E849" t="s">
         <v>9</v>
       </c>
       <c r="F849" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="G849" t="s">
-        <v>279</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B850">
-        <v>2021</v>
+        <v>2002</v>
       </c>
       <c r="C850" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D850">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="E850" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F850" t="s">
-        <v>704</v>
+        <v>1452</v>
       </c>
       <c r="G850" t="s">
-        <v>1451</v>
+        <v>626</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B851">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="C851" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="D851">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E851" t="s">
-        <v>28</v>
+        <v>481</v>
       </c>
       <c r="F851" t="s">
-        <v>1453</v>
+        <v>382</v>
       </c>
       <c r="G851" t="s">
-        <v>627</v>
+        <v>860</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B852">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="C852" t="s">
         <v>1454</v>
       </c>
       <c r="D852">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E852" t="s">
-        <v>481</v>
+        <v>9</v>
       </c>
       <c r="F852" t="s">
-        <v>382</v>
+        <v>1455</v>
       </c>
       <c r="G852" t="s">
-        <v>861</v>
+        <v>93</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B853">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="C853" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="D853">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E853" t="s">
         <v>9</v>
       </c>
       <c r="F853" t="s">
-        <v>1456</v>
+        <v>140</v>
       </c>
       <c r="G853" t="s">
-        <v>93</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B854">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="C854" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="D854">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E854" t="s">
         <v>9</v>
       </c>
       <c r="F854" t="s">
-        <v>140</v>
+        <v>662</v>
       </c>
       <c r="G854" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B855">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="C855" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="D855">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E855" t="s">
         <v>9</v>
       </c>
       <c r="F855" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="G855" t="s">
-        <v>1460</v>
+        <v>601</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B856">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C856" t="s">
         <v>1461</v>
       </c>
       <c r="D856">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E856" t="s">
         <v>9</v>
       </c>
       <c r="F856" t="s">
-        <v>663</v>
+        <v>619</v>
       </c>
       <c r="G856" t="s">
-        <v>602</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B857">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C857" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D857">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E857" t="s">
         <v>9</v>
       </c>
       <c r="F857" t="s">
-        <v>620</v>
+        <v>64</v>
       </c>
       <c r="G857" t="s">
-        <v>1463</v>
+        <v>930</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B858">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C858" t="s">
         <v>1464</v>
       </c>
       <c r="D858">
         <v>1</v>
       </c>
       <c r="E858" t="s">
         <v>9</v>
       </c>
       <c r="F858" t="s">
-        <v>64</v>
+        <v>619</v>
       </c>
       <c r="G858" t="s">
-        <v>931</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B859">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="C859" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="D859">
         <v>1</v>
       </c>
       <c r="E859" t="s">
-        <v>9</v>
+        <v>1467</v>
       </c>
       <c r="F859" t="s">
-        <v>620</v>
+        <v>1057</v>
       </c>
       <c r="G859" t="s">
-        <v>1466</v>
+        <v>80</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B860">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="C860" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="D860">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E860" t="s">
-        <v>1468</v>
+        <v>42</v>
       </c>
       <c r="F860" t="s">
-        <v>1058</v>
+        <v>1469</v>
       </c>
       <c r="G860" t="s">
-        <v>80</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B861">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="C861" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="D861">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E861" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F861" t="s">
-        <v>1470</v>
+        <v>31</v>
       </c>
       <c r="G861" t="s">
-        <v>1471</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B862">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="C862" t="s">
         <v>1472</v>
       </c>
       <c r="D862">
         <v>1</v>
       </c>
       <c r="E862" t="s">
-        <v>9</v>
+        <v>1439</v>
       </c>
       <c r="F862" t="s">
-        <v>31</v>
+        <v>1473</v>
       </c>
       <c r="G862" t="s">
-        <v>1330</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B863">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="C863" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="D863">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E863" t="s">
-        <v>1440</v>
+        <v>28</v>
       </c>
       <c r="F863" t="s">
-        <v>1474</v>
+        <v>17</v>
       </c>
       <c r="G863" t="s">
-        <v>1471</v>
+        <v>93</v>
       </c>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B864">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="C864" t="s">
         <v>1475</v>
       </c>
       <c r="D864">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E864" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F864" t="s">
-        <v>17</v>
+        <v>1171</v>
       </c>
       <c r="G864" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B865">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="C865" t="s">
         <v>1476</v>
       </c>
       <c r="D865">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E865" t="s">
         <v>9</v>
       </c>
       <c r="F865" t="s">
-        <v>1172</v>
+        <v>84</v>
       </c>
       <c r="G865" t="s">
-        <v>65</v>
+        <v>279</v>
       </c>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B866">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="C866" t="s">
         <v>1477</v>
       </c>
       <c r="D866">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E866" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F866" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="G866" t="s">
-        <v>279</v>
+        <v>860</v>
       </c>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B867">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="C867" t="s">
         <v>1478</v>
       </c>
       <c r="D867">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E867" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F867" t="s">
-        <v>17</v>
+        <v>619</v>
       </c>
       <c r="G867" t="s">
-        <v>861</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B868">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C868" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="D868">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E868" t="s">
         <v>9</v>
       </c>
       <c r="F868" t="s">
-        <v>620</v>
+        <v>43</v>
       </c>
       <c r="G868" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
       <c r="B869">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C869" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="D869">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E869" t="s">
         <v>9</v>
       </c>
       <c r="F869" t="s">
         <v>43</v>
       </c>
       <c r="G869" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" t="s">
-        <v>1431</v>
+        <v>1484</v>
       </c>
       <c r="B870">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="C870" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="D870">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E870" t="s">
         <v>9</v>
       </c>
       <c r="F870" t="s">
-        <v>43</v>
+        <v>619</v>
       </c>
       <c r="G870" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B871">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C871" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="D871">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E871" t="s">
         <v>9</v>
       </c>
       <c r="F871" t="s">
-        <v>620</v>
+        <v>95</v>
       </c>
       <c r="G871" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="872" spans="1:7">
       <c r="A872" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B872">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C872" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="D872">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="E872"/>
       <c r="F872" t="s">
-        <v>95</v>
+        <v>200</v>
       </c>
       <c r="G872" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B873">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="C873" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="D873">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="E873"/>
+        <v>1</v>
+      </c>
+      <c r="E873" t="s">
+        <v>28</v>
+      </c>
       <c r="F873" t="s">
-        <v>200</v>
+        <v>223</v>
       </c>
       <c r="G873" t="s">
-        <v>1491</v>
+        <v>947</v>
       </c>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B874">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="C874" t="s">
         <v>1492</v>
       </c>
       <c r="D874">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E874" t="s">
         <v>28</v>
       </c>
       <c r="F874" t="s">
-        <v>223</v>
+        <v>82</v>
       </c>
       <c r="G874" t="s">
-        <v>948</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B875">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="C875" t="s">
         <v>1493</v>
       </c>
       <c r="D875">
         <v>2</v>
       </c>
       <c r="E875" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F875" t="s">
-        <v>82</v>
+        <v>223</v>
       </c>
       <c r="G875" t="s">
-        <v>1018</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B876">
         <v>2018</v>
       </c>
       <c r="C876" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="D876">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="E876" t="s">
         <v>9</v>
       </c>
       <c r="F876" t="s">
-        <v>223</v>
+        <v>1096</v>
       </c>
       <c r="G876" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B877">
         <v>2018</v>
       </c>
       <c r="C877" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D877">
+        <v>36</v>
+      </c>
+      <c r="E877" t="s">
+        <v>42</v>
+      </c>
+      <c r="F877" t="s">
+        <v>10</v>
+      </c>
+      <c r="G877" t="s">
         <v>1496</v>
-      </c>
-[...10 lines deleted...]
-        <v>1497</v>
       </c>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B878">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C878" t="s">
         <v>1498</v>
       </c>
       <c r="D878">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="E878" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F878" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
       <c r="G878" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B879">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C879" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="D879">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="E879" t="s">
         <v>9</v>
       </c>
       <c r="F879" t="s">
-        <v>194</v>
+        <v>409</v>
       </c>
       <c r="G879" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B880">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C880" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D880">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E880" t="s">
         <v>9</v>
       </c>
       <c r="F880" t="s">
         <v>409</v>
       </c>
       <c r="G880" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B881">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C881" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D881">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E881" t="s">
         <v>9</v>
       </c>
       <c r="F881" t="s">
-        <v>409</v>
+        <v>616</v>
       </c>
       <c r="G881" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B882">
-        <v>2021</v>
+        <v>2005</v>
       </c>
       <c r="C882" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="D882">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E882" t="s">
         <v>9</v>
       </c>
       <c r="F882" t="s">
-        <v>617</v>
-[...3 lines deleted...]
-      </c>
+        <v>1507</v>
+      </c>
+      <c r="G882"/>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B883">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="C883" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D883">
         <v>2</v>
       </c>
       <c r="E883" t="s">
         <v>9</v>
       </c>
       <c r="F883" t="s">
-        <v>1508</v>
-[...1 lines deleted...]
-      <c r="G883"/>
+        <v>194</v>
+      </c>
+      <c r="G883" t="s">
+        <v>1310</v>
+      </c>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B884">
         <v>2019</v>
       </c>
       <c r="C884" t="s">
         <v>1509</v>
       </c>
       <c r="D884">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E884" t="s">
         <v>9</v>
       </c>
       <c r="F884" t="s">
-        <v>194</v>
+        <v>43</v>
       </c>
       <c r="G884" t="s">
-        <v>1311</v>
+        <v>601</v>
       </c>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B885">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C885" t="s">
         <v>1510</v>
       </c>
       <c r="D885">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E885" t="s">
         <v>9</v>
       </c>
       <c r="F885" t="s">
         <v>43</v>
       </c>
       <c r="G885" t="s">
-        <v>602</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B886">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="C886" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="D886">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E886" t="s">
-        <v>9</v>
+        <v>1513</v>
       </c>
       <c r="F886" t="s">
-        <v>43</v>
+        <v>1299</v>
       </c>
       <c r="G886" t="s">
-        <v>1512</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B887">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C887" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D887">
+        <v>1</v>
+      </c>
+      <c r="E887" t="s">
         <v>1513</v>
       </c>
-      <c r="D887">
-[...4 lines deleted...]
-      </c>
       <c r="F887" t="s">
-        <v>1300</v>
+        <v>1515</v>
       </c>
       <c r="G887" t="s">
-        <v>1306</v>
+        <v>65</v>
       </c>
     </row>
     <row r="888" spans="1:7">
       <c r="A888" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B888">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="C888" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="D888">
         <v>1</v>
       </c>
       <c r="E888" t="s">
-        <v>1514</v>
+        <v>1513</v>
       </c>
       <c r="F888" t="s">
-        <v>1516</v>
+        <v>1299</v>
       </c>
       <c r="G888" t="s">
-        <v>65</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="889" spans="1:7">
       <c r="A889" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B889">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C889" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="D889">
         <v>1</v>
       </c>
       <c r="E889" t="s">
-        <v>1514</v>
+        <v>1513</v>
       </c>
       <c r="F889" t="s">
-        <v>1300</v>
-[...3 lines deleted...]
-      </c>
+        <v>1299</v>
+      </c>
+      <c r="G889"/>
     </row>
     <row r="890" spans="1:7">
       <c r="A890" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B890">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C890" t="s">
         <v>1519</v>
       </c>
       <c r="D890">
         <v>1</v>
       </c>
       <c r="E890" t="s">
-        <v>1514</v>
+        <v>1513</v>
       </c>
       <c r="F890" t="s">
-        <v>1300</v>
+        <v>129</v>
       </c>
       <c r="G890"/>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B891">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C891" t="s">
         <v>1520</v>
       </c>
       <c r="D891">
         <v>1</v>
       </c>
       <c r="E891" t="s">
-        <v>1514</v>
+        <v>1513</v>
       </c>
       <c r="F891" t="s">
-        <v>129</v>
+        <v>500</v>
       </c>
       <c r="G891"/>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B892">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C892" t="s">
         <v>1521</v>
       </c>
       <c r="D892">
         <v>1</v>
       </c>
       <c r="E892" t="s">
-        <v>1514</v>
+        <v>1513</v>
       </c>
       <c r="F892" t="s">
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="G892"/>
+        <v>1515</v>
+      </c>
+      <c r="G892" t="s">
+        <v>1522</v>
+      </c>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B893">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="C893" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="D893">
         <v>1</v>
       </c>
       <c r="E893" t="s">
-        <v>1514</v>
+        <v>1524</v>
       </c>
       <c r="F893" t="s">
-        <v>1516</v>
-[...3 lines deleted...]
-      </c>
+        <v>881</v>
+      </c>
+      <c r="G893"/>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B894">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C894" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D894">
+        <v>1</v>
+      </c>
+      <c r="E894" t="s">
         <v>1524</v>
       </c>
-      <c r="D894">
-[...4 lines deleted...]
-      </c>
       <c r="F894" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="G894"/>
+        <v>1526</v>
+      </c>
+      <c r="G894" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B895">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="C895" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="D895">
         <v>1</v>
       </c>
       <c r="E895" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="F895" t="s">
-        <v>1527</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="G895"/>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B896">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C896" t="s">
         <v>1528</v>
       </c>
       <c r="D896">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E896" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="F896" t="s">
-        <v>324</v>
+        <v>675</v>
       </c>
       <c r="G896"/>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B897">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="C897" t="s">
         <v>1529</v>
       </c>
       <c r="D897">
         <v>2</v>
       </c>
       <c r="E897" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="F897" t="s">
-        <v>676</v>
+        <v>385</v>
       </c>
       <c r="G897"/>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B898">
-        <v>2021</v>
+        <v>2002</v>
       </c>
       <c r="C898" t="s">
         <v>1530</v>
       </c>
       <c r="D898">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E898" t="s">
-        <v>1525</v>
+        <v>42</v>
       </c>
       <c r="F898" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="G898"/>
+        <v>1531</v>
+      </c>
+      <c r="G898" t="s">
+        <v>1532</v>
+      </c>
     </row>
     <row r="899" spans="1:7">
       <c r="A899" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B899">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C899" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="D899">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E899" t="s">
-        <v>42</v>
+        <v>1534</v>
       </c>
       <c r="F899" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="G899" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="900" spans="1:7">
       <c r="A900" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B900">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="C900" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="D900">
         <v>1</v>
       </c>
       <c r="E900" t="s">
-        <v>1535</v>
+        <v>9</v>
       </c>
       <c r="F900" t="s">
-        <v>1536</v>
+        <v>232</v>
       </c>
       <c r="G900" t="s">
-        <v>1537</v>
+        <v>962</v>
       </c>
     </row>
     <row r="901" spans="1:7">
       <c r="A901" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B901">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="C901" t="s">
         <v>1538</v>
       </c>
       <c r="D901">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E901" t="s">
         <v>9</v>
       </c>
       <c r="F901" t="s">
-        <v>232</v>
+        <v>10</v>
       </c>
       <c r="G901" t="s">
-        <v>963</v>
+        <v>93</v>
       </c>
     </row>
     <row r="902" spans="1:7">
       <c r="A902" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B902">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C902" t="s">
         <v>1539</v>
       </c>
       <c r="D902">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E902" t="s">
         <v>9</v>
       </c>
       <c r="F902" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G902" t="s">
-        <v>93</v>
+        <v>992</v>
       </c>
     </row>
     <row r="903" spans="1:7">
       <c r="A903" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B903">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C903" t="s">
         <v>1540</v>
       </c>
       <c r="D903">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E903" t="s">
         <v>9</v>
       </c>
       <c r="F903" t="s">
-        <v>43</v>
+        <v>232</v>
       </c>
       <c r="G903" t="s">
-        <v>993</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="904" spans="1:7">
       <c r="A904" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B904">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C904" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="D904">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E904" t="s">
         <v>9</v>
       </c>
       <c r="F904" t="s">
-        <v>232</v>
+        <v>691</v>
       </c>
       <c r="G904" t="s">
-        <v>1542</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="905" spans="1:7">
       <c r="A905" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B905">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C905" t="s">
         <v>1543</v>
       </c>
       <c r="D905">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E905" t="s">
         <v>9</v>
       </c>
       <c r="F905" t="s">
-        <v>692</v>
+        <v>43</v>
       </c>
       <c r="G905" t="s">
-        <v>1196</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="906" spans="1:7">
       <c r="A906" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B906">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C906" t="s">
         <v>1544</v>
       </c>
       <c r="D906">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E906" t="s">
         <v>9</v>
       </c>
       <c r="F906" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="G906" t="s">
-        <v>1246</v>
+        <v>632</v>
       </c>
     </row>
     <row r="907" spans="1:7">
       <c r="A907" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B907">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C907" t="s">
         <v>1545</v>
       </c>
       <c r="D907">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E907" t="s">
         <v>9</v>
       </c>
       <c r="F907" t="s">
-        <v>10</v>
+        <v>1411</v>
       </c>
       <c r="G907" t="s">
-        <v>633</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="908" spans="1:7">
       <c r="A908" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B908">
         <v>2017</v>
       </c>
       <c r="C908" t="s">
         <v>1546</v>
       </c>
       <c r="D908">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E908" t="s">
         <v>9</v>
       </c>
       <c r="F908" t="s">
-        <v>1412</v>
+        <v>1547</v>
       </c>
       <c r="G908" t="s">
-        <v>1384</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="909" spans="1:7">
       <c r="A909" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B909">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C909" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="D909">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E909" t="s">
         <v>9</v>
       </c>
       <c r="F909" t="s">
-        <v>1548</v>
+        <v>245</v>
       </c>
       <c r="G909" t="s">
-        <v>1384</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="910" spans="1:7">
       <c r="A910" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B910">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C910" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="D910">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E910" t="s">
         <v>9</v>
       </c>
       <c r="F910" t="s">
-        <v>245</v>
+        <v>14</v>
       </c>
       <c r="G910" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="911" spans="1:7">
       <c r="A911" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B911">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C911" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D911">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E911" t="s">
         <v>9</v>
       </c>
       <c r="F911" t="s">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="G911" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="912" spans="1:7">
       <c r="A912" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B912">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="C912" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D912">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E912" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F912" t="s">
-        <v>240</v>
+        <v>29</v>
       </c>
       <c r="G912" t="s">
-        <v>1554</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="913" spans="1:7">
       <c r="A913" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B913">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="C913" t="s">
         <v>1555</v>
       </c>
       <c r="D913">
         <v>1</v>
       </c>
       <c r="E913" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F913" t="s">
-        <v>29</v>
+        <v>215</v>
       </c>
       <c r="G913" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="914" spans="1:7">
       <c r="A914" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B914">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="C914" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="D914">
         <v>1</v>
       </c>
       <c r="E914" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F914" t="s">
-        <v>215</v>
+        <v>43</v>
       </c>
       <c r="G914" t="s">
-        <v>1557</v>
+        <v>149</v>
       </c>
     </row>
     <row r="915" spans="1:7">
       <c r="A915" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B915">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C915" t="s">
         <v>1558</v>
       </c>
       <c r="D915">
         <v>1</v>
       </c>
       <c r="E915" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F915" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="G915" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="916" spans="1:7">
       <c r="A916" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B916">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="C916" t="s">
         <v>1559</v>
       </c>
       <c r="D916">
         <v>1</v>
       </c>
       <c r="E916" t="s">
         <v>28</v>
       </c>
       <c r="F916" t="s">
-        <v>20</v>
+        <v>155</v>
       </c>
       <c r="G916" t="s">
-        <v>190</v>
+        <v>601</v>
       </c>
     </row>
     <row r="917" spans="1:7">
       <c r="A917" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B917">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="C917" t="s">
         <v>1560</v>
       </c>
       <c r="D917">
         <v>1</v>
       </c>
       <c r="E917" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F917" t="s">
-        <v>155</v>
+        <v>215</v>
       </c>
       <c r="G917" t="s">
-        <v>602</v>
+        <v>960</v>
       </c>
     </row>
     <row r="918" spans="1:7">
       <c r="A918" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B918">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="C918" t="s">
         <v>1561</v>
       </c>
       <c r="D918">
         <v>1</v>
       </c>
       <c r="E918" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F918" t="s">
-        <v>215</v>
+        <v>675</v>
       </c>
       <c r="G918" t="s">
-        <v>961</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="919" spans="1:7">
       <c r="A919" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B919">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C919" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="D919">
         <v>1</v>
       </c>
       <c r="E919" t="s">
         <v>42</v>
       </c>
       <c r="F919" t="s">
-        <v>676</v>
+        <v>343</v>
       </c>
       <c r="G919" t="s">
-        <v>1563</v>
+        <v>960</v>
       </c>
     </row>
     <row r="920" spans="1:7">
       <c r="A920" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B920">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="C920" t="s">
         <v>1564</v>
       </c>
       <c r="D920">
         <v>1</v>
       </c>
       <c r="E920" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F920" t="s">
-        <v>343</v>
+        <v>43</v>
       </c>
       <c r="G920" t="s">
-        <v>961</v>
+        <v>992</v>
       </c>
     </row>
     <row r="921" spans="1:7">
       <c r="A921" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B921">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C921" t="s">
         <v>1565</v>
       </c>
       <c r="D921">
         <v>1</v>
       </c>
       <c r="E921" t="s">
         <v>9</v>
       </c>
       <c r="F921" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="G921" t="s">
-        <v>993</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="922" spans="1:7">
       <c r="A922" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B922">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="C922" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="D922">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E922" t="s">
         <v>9</v>
       </c>
       <c r="F922" t="s">
-        <v>245</v>
+        <v>43</v>
       </c>
       <c r="G922" t="s">
-        <v>1567</v>
+        <v>446</v>
       </c>
     </row>
     <row r="923" spans="1:7">
       <c r="A923" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B923">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C923" t="s">
         <v>1568</v>
       </c>
       <c r="D923">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E923" t="s">
         <v>9</v>
       </c>
       <c r="F923" t="s">
         <v>43</v>
       </c>
       <c r="G923" t="s">
-        <v>446</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="924" spans="1:7">
       <c r="A924" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B924">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="C924" t="s">
         <v>1569</v>
       </c>
       <c r="D924">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E924" t="s">
         <v>9</v>
       </c>
       <c r="F924" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="G924" t="s">
-        <v>1063</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="925" spans="1:7">
       <c r="A925" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B925">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="C925" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="D925">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E925" t="s">
         <v>9</v>
       </c>
       <c r="F925" t="s">
-        <v>245</v>
+        <v>1572</v>
       </c>
       <c r="G925" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="926" spans="1:7">
       <c r="A926" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B926">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="C926" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="D926">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E926" t="s">
         <v>9</v>
       </c>
       <c r="F926" t="s">
-        <v>1573</v>
+        <v>14</v>
       </c>
       <c r="G926" t="s">
-        <v>1574</v>
+        <v>320</v>
       </c>
     </row>
     <row r="927" spans="1:7">
       <c r="A927" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B927">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C927" t="s">
         <v>1575</v>
       </c>
       <c r="D927">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E927" t="s">
         <v>9</v>
       </c>
       <c r="F927" t="s">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="G927" t="s">
-        <v>320</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="928" spans="1:7">
       <c r="A928" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B928">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="C928" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="D928">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E928" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F928" t="s">
-        <v>240</v>
+        <v>20</v>
       </c>
       <c r="G928" t="s">
-        <v>1577</v>
+        <v>348</v>
       </c>
     </row>
     <row r="929" spans="1:7">
       <c r="A929" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B929">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="C929" t="s">
         <v>1578</v>
       </c>
       <c r="D929">
         <v>1</v>
       </c>
       <c r="E929" t="s">
         <v>28</v>
       </c>
       <c r="F929" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G929" t="s">
-        <v>348</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="930" spans="1:7">
       <c r="A930" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B930">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="C930" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="D930">
         <v>1</v>
       </c>
       <c r="E930" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F930" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G930" t="s">
-        <v>1580</v>
+        <v>149</v>
       </c>
     </row>
     <row r="931" spans="1:7">
       <c r="A931" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B931">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C931" t="s">
         <v>1581</v>
       </c>
       <c r="D931">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="E931" t="s">
         <v>9</v>
       </c>
       <c r="F931" t="s">
         <v>43</v>
       </c>
       <c r="G931" t="s">
-        <v>149</v>
+        <v>246</v>
       </c>
     </row>
     <row r="932" spans="1:7">
       <c r="A932" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B932">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C932" t="s">
         <v>1582</v>
       </c>
       <c r="D932">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="E932" t="s">
         <v>9</v>
       </c>
       <c r="F932" t="s">
-        <v>43</v>
+        <v>1411</v>
       </c>
       <c r="G932" t="s">
-        <v>246</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="933" spans="1:7">
       <c r="A933" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B933">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="C933" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="D933">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="E933" t="s">
         <v>9</v>
       </c>
       <c r="F933" t="s">
-        <v>1412</v>
+        <v>1272</v>
       </c>
       <c r="G933" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="934" spans="1:7">
       <c r="A934" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B934">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="C934" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="D934">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="E934" t="s">
         <v>9</v>
       </c>
       <c r="F934" t="s">
-        <v>1273</v>
+        <v>1100</v>
       </c>
       <c r="G934" t="s">
-        <v>1586</v>
+        <v>799</v>
       </c>
     </row>
     <row r="935" spans="1:7">
       <c r="A935" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B935">
-        <v>2020</v>
+        <v>2003</v>
       </c>
       <c r="C935" t="s">
         <v>1587</v>
       </c>
       <c r="D935">
         <v>1</v>
       </c>
       <c r="E935" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F935" t="s">
-        <v>1101</v>
+        <v>20</v>
       </c>
       <c r="G935" t="s">
-        <v>800</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="936" spans="1:7">
       <c r="A936" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B936">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="C936" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D936">
         <v>1</v>
       </c>
       <c r="E936" t="s">
         <v>28</v>
       </c>
       <c r="F936" t="s">
         <v>20</v>
       </c>
       <c r="G936" t="s">
-        <v>1589</v>
+        <v>246</v>
       </c>
     </row>
     <row r="937" spans="1:7">
       <c r="A937" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B937">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="C937" t="s">
         <v>1590</v>
       </c>
       <c r="D937">
         <v>1</v>
       </c>
       <c r="E937" t="s">
         <v>28</v>
       </c>
       <c r="F937" t="s">
-        <v>20</v>
+        <v>215</v>
       </c>
       <c r="G937" t="s">
-        <v>246</v>
+        <v>658</v>
       </c>
     </row>
     <row r="938" spans="1:7">
       <c r="A938" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B938">
         <v>2019</v>
       </c>
       <c r="C938" t="s">
         <v>1591</v>
       </c>
       <c r="D938">
         <v>1</v>
       </c>
       <c r="E938" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F938" t="s">
-        <v>215</v>
+        <v>315</v>
       </c>
       <c r="G938" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
     </row>
     <row r="939" spans="1:7">
       <c r="A939" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B939">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="C939" t="s">
         <v>1592</v>
       </c>
       <c r="D939">
         <v>1</v>
       </c>
       <c r="E939" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F939" t="s">
-        <v>315</v>
+        <v>675</v>
       </c>
       <c r="G939" t="s">
-        <v>659</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="940" spans="1:7">
       <c r="A940" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B940">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="C940" t="s">
         <v>1593</v>
       </c>
       <c r="D940">
         <v>1</v>
       </c>
       <c r="E940" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F940" t="s">
-        <v>676</v>
+        <v>1411</v>
       </c>
       <c r="G940" t="s">
-        <v>1584</v>
+        <v>80</v>
       </c>
     </row>
     <row r="941" spans="1:7">
       <c r="A941" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B941">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="C941" t="s">
         <v>1594</v>
       </c>
       <c r="D941">
         <v>1</v>
       </c>
       <c r="E941" t="s">
         <v>9</v>
       </c>
       <c r="F941" t="s">
-        <v>1412</v>
+        <v>240</v>
       </c>
       <c r="G941" t="s">
-        <v>80</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="942" spans="1:7">
       <c r="A942" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B942">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="C942" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="D942">
         <v>1</v>
       </c>
       <c r="E942" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F942" t="s">
-        <v>240</v>
+        <v>155</v>
       </c>
       <c r="G942" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="943" spans="1:7">
       <c r="A943" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B943">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C943" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="D943">
         <v>1</v>
       </c>
       <c r="E943" t="s">
         <v>28</v>
       </c>
       <c r="F943" t="s">
         <v>155</v>
       </c>
       <c r="G943" t="s">
-        <v>1598</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="944" spans="1:7">
       <c r="A944" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B944">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="C944" t="s">
         <v>1599</v>
       </c>
       <c r="D944">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E944" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F944" t="s">
-        <v>155</v>
+        <v>215</v>
       </c>
       <c r="G944" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="945" spans="1:7">
       <c r="A945" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B945">
         <v>2009</v>
       </c>
       <c r="C945" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="D945">
         <v>2</v>
       </c>
       <c r="E945" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F945" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="G945"/>
     </row>
     <row r="946" spans="1:7">
       <c r="A946" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B946">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="C946" t="s">
         <v>1602</v>
       </c>
       <c r="D946">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E946" t="s">
         <v>9</v>
       </c>
       <c r="F946" t="s">
-        <v>393</v>
-[...1 lines deleted...]
-      <c r="G946"/>
+        <v>95</v>
+      </c>
+      <c r="G946" t="s">
+        <v>1062</v>
+      </c>
     </row>
     <row r="947" spans="1:7">
       <c r="A947" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B947">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="C947" t="s">
         <v>1603</v>
       </c>
       <c r="D947">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E947" t="s">
         <v>9</v>
       </c>
       <c r="F947" t="s">
-        <v>95</v>
+        <v>192</v>
       </c>
       <c r="G947" t="s">
-        <v>1063</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="948" spans="1:7">
       <c r="A948" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B948">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C948" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="D948">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E948" t="s">
         <v>9</v>
       </c>
       <c r="F948" t="s">
-        <v>192</v>
+        <v>177</v>
       </c>
       <c r="G948" t="s">
-        <v>1605</v>
+        <v>905</v>
       </c>
     </row>
     <row r="949" spans="1:7">
       <c r="A949" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B949">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="C949" t="s">
         <v>1606</v>
       </c>
       <c r="D949">
         <v>1</v>
       </c>
       <c r="E949" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F949" t="s">
-        <v>177</v>
+        <v>813</v>
       </c>
       <c r="G949" t="s">
-        <v>906</v>
+        <v>348</v>
       </c>
     </row>
     <row r="950" spans="1:7">
       <c r="A950" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B950">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C950" t="s">
         <v>1607</v>
       </c>
       <c r="D950">
         <v>1</v>
       </c>
       <c r="E950" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F950" t="s">
-        <v>814</v>
+        <v>429</v>
       </c>
       <c r="G950" t="s">
-        <v>348</v>
+        <v>190</v>
       </c>
     </row>
     <row r="951" spans="1:7">
       <c r="A951" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B951">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C951" t="s">
         <v>1608</v>
       </c>
       <c r="D951">
         <v>1</v>
       </c>
       <c r="E951" t="s">
         <v>42</v>
       </c>
       <c r="F951" t="s">
         <v>429</v>
       </c>
       <c r="G951" t="s">
-        <v>190</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="952" spans="1:7">
       <c r="A952" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B952">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="C952" t="s">
         <v>1609</v>
       </c>
       <c r="D952">
         <v>1</v>
       </c>
       <c r="E952" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F952" t="s">
-        <v>429</v>
+        <v>694</v>
       </c>
       <c r="G952" t="s">
-        <v>1063</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="953" spans="1:7">
       <c r="A953" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B953">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C953" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D953">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="E953" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F953" t="s">
-        <v>695</v>
+        <v>300</v>
       </c>
       <c r="G953" t="s">
-        <v>1611</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="954" spans="1:7">
       <c r="A954" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B954">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C954" t="s">
         <v>1612</v>
       </c>
       <c r="D954">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="E954" t="s">
         <v>9</v>
       </c>
       <c r="F954" t="s">
-        <v>300</v>
+        <v>74</v>
       </c>
       <c r="G954" t="s">
-        <v>1063</v>
+        <v>307</v>
       </c>
     </row>
     <row r="955" spans="1:7">
       <c r="A955" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B955">
-        <v>2018</v>
+        <v>1994</v>
       </c>
       <c r="C955" t="s">
         <v>1613</v>
       </c>
       <c r="D955">
         <v>5</v>
       </c>
       <c r="E955" t="s">
         <v>9</v>
       </c>
       <c r="F955" t="s">
-        <v>74</v>
+        <v>114</v>
       </c>
       <c r="G955" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
     </row>
     <row r="956" spans="1:7">
       <c r="A956" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B956">
         <v>1994</v>
       </c>
       <c r="C956" t="s">
         <v>1614</v>
       </c>
       <c r="D956">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E956" t="s">
         <v>9</v>
       </c>
       <c r="F956" t="s">
-        <v>114</v>
+        <v>733</v>
       </c>
       <c r="G956" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="957" spans="1:7">
       <c r="A957" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B957">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="C957" t="s">
         <v>1615</v>
       </c>
       <c r="D957">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E957" t="s">
         <v>9</v>
       </c>
       <c r="F957" t="s">
-        <v>734</v>
+        <v>810</v>
       </c>
       <c r="G957" t="s">
-        <v>18</v>
+        <v>860</v>
       </c>
     </row>
     <row r="958" spans="1:7">
       <c r="A958" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B958">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="C958" t="s">
         <v>1616</v>
       </c>
       <c r="D958">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E958" t="s">
         <v>9</v>
       </c>
       <c r="F958" t="s">
-        <v>811</v>
+        <v>1617</v>
       </c>
       <c r="G958" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
     </row>
     <row r="959" spans="1:7">
       <c r="A959" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B959">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="C959" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="D959">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E959" t="s">
         <v>9</v>
       </c>
       <c r="F959" t="s">
-        <v>1618</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="G959"/>
     </row>
     <row r="960" spans="1:7">
       <c r="A960" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B960">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C960" t="s">
         <v>1619</v>
       </c>
       <c r="D960">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="E960" t="s">
         <v>9</v>
       </c>
       <c r="F960" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="G960"/>
+        <v>1442</v>
+      </c>
+      <c r="G960" t="s">
+        <v>1243</v>
+      </c>
     </row>
     <row r="961" spans="1:7">
       <c r="A961" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B961">
         <v>2002</v>
       </c>
       <c r="C961" t="s">
         <v>1620</v>
       </c>
       <c r="D961">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E961" t="s">
         <v>9</v>
       </c>
       <c r="F961" t="s">
-        <v>1443</v>
+        <v>55</v>
       </c>
       <c r="G961" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="962" spans="1:7">
       <c r="A962" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B962">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C962" t="s">
         <v>1621</v>
       </c>
       <c r="D962">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E962" t="s">
         <v>9</v>
       </c>
       <c r="F962" t="s">
-        <v>55</v>
+        <v>619</v>
       </c>
       <c r="G962" t="s">
-        <v>1244</v>
+        <v>80</v>
       </c>
     </row>
     <row r="963" spans="1:7">
       <c r="A963" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B963">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="C963" t="s">
         <v>1622</v>
       </c>
       <c r="D963">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E963" t="s">
         <v>9</v>
       </c>
       <c r="F963" t="s">
-        <v>620</v>
+        <v>634</v>
       </c>
       <c r="G963" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
     </row>
     <row r="964" spans="1:7">
       <c r="A964" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B964">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="C964" t="s">
         <v>1623</v>
       </c>
       <c r="D964">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E964" t="s">
         <v>9</v>
       </c>
       <c r="F964" t="s">
-        <v>635</v>
+        <v>955</v>
       </c>
       <c r="G964" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
     </row>
     <row r="965" spans="1:7">
       <c r="A965" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B965">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="C965" t="s">
         <v>1624</v>
       </c>
       <c r="D965">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E965" t="s">
         <v>9</v>
       </c>
       <c r="F965" t="s">
-        <v>956</v>
+        <v>223</v>
       </c>
       <c r="G965" t="s">
-        <v>93</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="966" spans="1:7">
       <c r="A966" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B966">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C966" t="s">
         <v>1625</v>
       </c>
       <c r="D966">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="E966" t="s">
         <v>9</v>
       </c>
       <c r="F966" t="s">
-        <v>223</v>
+        <v>691</v>
       </c>
       <c r="G966" t="s">
-        <v>1557</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="967" spans="1:7">
       <c r="A967" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B967">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C967" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="D967">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E967" t="s">
         <v>9</v>
       </c>
       <c r="F967" t="s">
-        <v>692</v>
+        <v>1628</v>
       </c>
       <c r="G967" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="968" spans="1:7">
       <c r="A968" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B968">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C968" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="D968">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E968" t="s">
         <v>9</v>
       </c>
       <c r="F968" t="s">
-        <v>1629</v>
+        <v>866</v>
       </c>
       <c r="G968" t="s">
-        <v>1630</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="969" spans="1:7">
       <c r="A969" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B969">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C969" t="s">
         <v>1631</v>
       </c>
       <c r="D969">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E969" t="s">
         <v>9</v>
       </c>
       <c r="F969" t="s">
-        <v>867</v>
+        <v>843</v>
       </c>
       <c r="G969" t="s">
-        <v>1196</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="970" spans="1:7">
       <c r="A970" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B970">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C970" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="D970">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="E970" t="s">
         <v>9</v>
       </c>
       <c r="F970" t="s">
-        <v>844</v>
+        <v>23</v>
       </c>
       <c r="G970" t="s">
-        <v>1633</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="971" spans="1:7">
       <c r="A971" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B971">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="C971" t="s">
         <v>1634</v>
       </c>
       <c r="D971">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="E971" t="s">
         <v>9</v>
       </c>
       <c r="F971" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G971" t="s">
-        <v>1487</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="972" spans="1:7">
       <c r="A972" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B972">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="C972" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="D972">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E972" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F972" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="G972" t="s">
-        <v>1636</v>
+        <v>65</v>
       </c>
     </row>
     <row r="973" spans="1:7">
       <c r="A973" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B973">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C973" t="s">
         <v>1637</v>
       </c>
       <c r="D973">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E973" t="s">
         <v>28</v>
       </c>
       <c r="F973" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="G973" t="s">
-        <v>65</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="974" spans="1:7">
       <c r="A974" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B974">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C974" t="s">
         <v>1638</v>
       </c>
       <c r="D974">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E974" t="s">
         <v>28</v>
       </c>
       <c r="F974" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G974" t="s">
-        <v>1633</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="975" spans="1:7">
       <c r="A975" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B975">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="C975" t="s">
         <v>1639</v>
       </c>
       <c r="D975">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E975" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F975" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="G975" t="s">
-        <v>1487</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="976" spans="1:7">
       <c r="A976" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B976">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C976" t="s">
         <v>1640</v>
       </c>
       <c r="D976">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E976" t="s">
         <v>9</v>
       </c>
       <c r="F976" t="s">
-        <v>140</v>
+        <v>1641</v>
       </c>
       <c r="G976" t="s">
-        <v>1306</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="977" spans="1:7">
       <c r="A977" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B977">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C977" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="D977">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E977" t="s">
         <v>9</v>
       </c>
       <c r="F977" t="s">
-        <v>1642</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="G977"/>
     </row>
     <row r="978" spans="1:7">
       <c r="A978" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B978">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="C978" t="s">
         <v>1643</v>
       </c>
       <c r="D978">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E978" t="s">
         <v>9</v>
       </c>
       <c r="F978" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="G978"/>
+        <v>616</v>
+      </c>
+      <c r="G978" t="s">
+        <v>863</v>
+      </c>
     </row>
     <row r="979" spans="1:7">
       <c r="A979" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B979">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C979" t="s">
         <v>1644</v>
       </c>
       <c r="D979">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="E979" t="s">
         <v>9</v>
       </c>
       <c r="F979" t="s">
-        <v>617</v>
+        <v>196</v>
       </c>
       <c r="G979" t="s">
-        <v>864</v>
+        <v>320</v>
       </c>
     </row>
     <row r="980" spans="1:7">
       <c r="A980" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B980">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C980" t="s">
         <v>1645</v>
       </c>
       <c r="D980">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E980" t="s">
         <v>9</v>
       </c>
       <c r="F980" t="s">
         <v>196</v>
       </c>
       <c r="G980" t="s">
-        <v>320</v>
+        <v>87</v>
       </c>
     </row>
     <row r="981" spans="1:7">
       <c r="A981" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B981">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C981" t="s">
         <v>1646</v>
       </c>
       <c r="D981">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E981" t="s">
         <v>9</v>
       </c>
       <c r="F981" t="s">
-        <v>196</v>
+        <v>95</v>
       </c>
       <c r="G981" t="s">
-        <v>87</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="982" spans="1:7">
       <c r="A982" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B982">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C982" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="D982">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E982" t="s">
         <v>9</v>
       </c>
       <c r="F982" t="s">
-        <v>95</v>
+        <v>616</v>
       </c>
       <c r="G982" t="s">
-        <v>1648</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="983" spans="1:7">
       <c r="A983" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B983">
-        <v>2018</v>
+        <v>2009</v>
       </c>
       <c r="C983" t="s">
         <v>1649</v>
       </c>
       <c r="D983">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="E983" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F983" t="s">
-        <v>617</v>
+        <v>240</v>
       </c>
       <c r="G983" t="s">
-        <v>1497</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="984" spans="1:7">
       <c r="A984" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B984">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="C984" t="s">
         <v>1650</v>
       </c>
       <c r="D984">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E984" t="s">
         <v>28</v>
       </c>
       <c r="F984" t="s">
         <v>240</v>
       </c>
       <c r="G984" t="s">
-        <v>1306</v>
+        <v>320</v>
       </c>
     </row>
     <row r="985" spans="1:7">
       <c r="A985" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B985">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C985" t="s">
         <v>1651</v>
       </c>
       <c r="D985">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E985" t="s">
         <v>28</v>
       </c>
       <c r="F985" t="s">
-        <v>240</v>
+        <v>545</v>
       </c>
       <c r="G985" t="s">
-        <v>320</v>
+        <v>87</v>
       </c>
     </row>
     <row r="986" spans="1:7">
       <c r="A986" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B986">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="C986" t="s">
         <v>1652</v>
       </c>
       <c r="D986">
         <v>1</v>
       </c>
       <c r="E986" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F986" t="s">
-        <v>546</v>
+        <v>703</v>
       </c>
       <c r="G986" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="987" spans="1:7">
       <c r="A987" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B987">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C987" t="s">
         <v>1653</v>
       </c>
       <c r="D987">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E987" t="s">
         <v>9</v>
       </c>
       <c r="F987" t="s">
-        <v>704</v>
+        <v>194</v>
       </c>
       <c r="G987" t="s">
-        <v>80</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="988" spans="1:7">
       <c r="A988" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B988">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="C988" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="D988">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="E988" t="s">
         <v>9</v>
       </c>
       <c r="F988" t="s">
-        <v>194</v>
+        <v>61</v>
       </c>
       <c r="G988" t="s">
-        <v>1655</v>
+        <v>80</v>
       </c>
     </row>
     <row r="989" spans="1:7">
       <c r="A989" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B989">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="C989" t="s">
         <v>1656</v>
       </c>
       <c r="D989">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E989" t="s">
         <v>9</v>
       </c>
       <c r="F989" t="s">
-        <v>61</v>
+        <v>982</v>
       </c>
       <c r="G989" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="990" spans="1:7">
       <c r="A990" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B990">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="C990" t="s">
         <v>1657</v>
       </c>
       <c r="D990">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E990" t="s">
         <v>9</v>
       </c>
       <c r="F990" t="s">
-        <v>983</v>
+        <v>58</v>
       </c>
       <c r="G990" t="s">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="991" spans="1:7">
       <c r="A991" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B991">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C991" t="s">
         <v>1658</v>
       </c>
       <c r="D991">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="E991" t="s">
         <v>9</v>
       </c>
       <c r="F991" t="s">
-        <v>58</v>
+        <v>1659</v>
       </c>
       <c r="G991" t="s">
-        <v>320</v>
+        <v>93</v>
       </c>
     </row>
     <row r="992" spans="1:7">
       <c r="A992" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B992">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C992" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="D992">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E992" t="s">
         <v>9</v>
       </c>
       <c r="F992" t="s">
-        <v>1660</v>
+        <v>61</v>
       </c>
       <c r="G992" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
     </row>
     <row r="993" spans="1:7">
       <c r="A993" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B993">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C993" t="s">
         <v>1661</v>
       </c>
       <c r="D993">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="E993" t="s">
         <v>9</v>
       </c>
       <c r="F993" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="G993"/>
     </row>
     <row r="994" spans="1:7">
       <c r="A994" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B994">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="C994" t="s">
         <v>1662</v>
       </c>
       <c r="D994">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E994" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F994" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G994"/>
+        <v>1663</v>
+      </c>
+      <c r="G994" t="s">
+        <v>1664</v>
+      </c>
     </row>
     <row r="995" spans="1:7">
       <c r="A995" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B995">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="C995" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="D995">
         <v>1</v>
       </c>
       <c r="E995" t="s">
         <v>42</v>
       </c>
       <c r="F995" t="s">
-        <v>1664</v>
+        <v>155</v>
       </c>
       <c r="G995" t="s">
-        <v>1665</v>
+        <v>80</v>
       </c>
     </row>
     <row r="996" spans="1:7">
       <c r="A996" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B996">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="C996" t="s">
         <v>1666</v>
       </c>
       <c r="D996">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E996" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F996" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="G996"/>
     </row>
     <row r="997" spans="1:7">
       <c r="A997" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B997">
-        <v>2001</v>
+        <v>2019</v>
       </c>
       <c r="C997" t="s">
         <v>1667</v>
       </c>
       <c r="D997">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E997" t="s">
         <v>9</v>
       </c>
       <c r="F997" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G997"/>
+        <v>61</v>
+      </c>
+      <c r="G997" t="s">
+        <v>1668</v>
+      </c>
     </row>
     <row r="998" spans="1:7">
       <c r="A998" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B998">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="C998" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="D998">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E998" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F998" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="G998" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="999" spans="1:7">
       <c r="A999" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B999">
         <v>2013</v>
       </c>
       <c r="C999" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="D999">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E999" t="s">
         <v>28</v>
       </c>
       <c r="F999" t="s">
-        <v>10</v>
+        <v>140</v>
       </c>
       <c r="G999" t="s">
-        <v>1671</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1000" spans="1:7">
       <c r="A1000" t="s">
-        <v>1485</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>1484</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>132</v>
       </c>
       <c r="C1000" t="s">
         <v>1672</v>
       </c>
       <c r="D1000">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1000" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F1000" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="G1000"/>
     </row>
     <row r="1001" spans="1:7">
       <c r="A1001" t="s">
-        <v>1485</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>1484</v>
+      </c>
+      <c r="B1001">
+        <v>2013</v>
       </c>
       <c r="C1001" t="s">
         <v>1673</v>
       </c>
       <c r="D1001">
         <v>1</v>
       </c>
       <c r="E1001" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1001" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="G1001"/>
+        <v>1411</v>
+      </c>
+      <c r="G1001" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="1002" spans="1:7">
       <c r="A1002" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1002">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="C1002" t="s">
         <v>1674</v>
       </c>
       <c r="D1002">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1002" t="s">
         <v>9</v>
       </c>
       <c r="F1002" t="s">
-        <v>1412</v>
+        <v>742</v>
       </c>
       <c r="G1002" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1003" spans="1:7">
       <c r="A1003" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1003">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="C1003" t="s">
         <v>1675</v>
       </c>
       <c r="D1003">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1003" t="s">
         <v>9</v>
       </c>
       <c r="F1003" t="s">
-        <v>743</v>
+        <v>14</v>
       </c>
       <c r="G1003" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1004" spans="1:7">
       <c r="A1004" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1004">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="C1004" t="s">
         <v>1676</v>
       </c>
       <c r="D1004">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E1004" t="s">
         <v>9</v>
       </c>
       <c r="F1004" t="s">
-        <v>14</v>
+        <v>1389</v>
       </c>
       <c r="G1004" t="s">
-        <v>65</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="1005" spans="1:7">
       <c r="A1005" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1005">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1005" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="D1005">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E1005" t="s">
         <v>9</v>
       </c>
       <c r="F1005" t="s">
-        <v>1390</v>
+        <v>43</v>
       </c>
       <c r="G1005" t="s">
-        <v>1678</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1006" spans="1:7">
       <c r="A1006" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1006">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="C1006" t="s">
         <v>1679</v>
       </c>
       <c r="D1006">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1006" t="s">
         <v>9</v>
       </c>
       <c r="F1006" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="G1006" t="s">
-        <v>1261</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="1007" spans="1:7">
       <c r="A1007" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1007">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C1007" t="s">
         <v>1680</v>
       </c>
       <c r="D1007">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E1007" t="s">
         <v>9</v>
       </c>
       <c r="F1007" t="s">
-        <v>10</v>
+        <v>370</v>
       </c>
       <c r="G1007" t="s">
-        <v>1175</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="1008" spans="1:7">
       <c r="A1008" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1008">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1008" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="D1008">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E1008" t="s">
         <v>9</v>
       </c>
       <c r="F1008" t="s">
-        <v>370</v>
+        <v>240</v>
       </c>
       <c r="G1008" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="1009" spans="1:7">
       <c r="A1009" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1009">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="C1009" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="D1009">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1009" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1009" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="G1009" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="1010" spans="1:7">
       <c r="A1010" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1010">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1010" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="D1010">
         <v>1</v>
       </c>
       <c r="E1010" t="s">
         <v>39</v>
       </c>
       <c r="F1010" t="s">
-        <v>215</v>
+        <v>40</v>
       </c>
       <c r="G1010" t="s">
-        <v>1686</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="1011" spans="1:7">
       <c r="A1011" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1011">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1011" t="s">
         <v>1687</v>
       </c>
       <c r="D1011">
         <v>1</v>
       </c>
       <c r="E1011" t="s">
         <v>39</v>
       </c>
       <c r="F1011" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="G1011" t="s">
-        <v>1175</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="1012" spans="1:7">
       <c r="A1012" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1012">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C1012" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="D1012">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1012" t="s">
         <v>39</v>
       </c>
       <c r="F1012" t="s">
-        <v>31</v>
+        <v>315</v>
       </c>
       <c r="G1012" t="s">
-        <v>1689</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="1013" spans="1:7">
       <c r="A1013" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1013">
-        <v>2021</v>
+        <v>2003</v>
       </c>
       <c r="C1013" t="s">
         <v>1690</v>
       </c>
       <c r="D1013">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1013" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F1013" t="s">
-        <v>315</v>
+        <v>576</v>
       </c>
       <c r="G1013" t="s">
-        <v>1684</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1014" spans="1:7">
       <c r="A1014" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1014">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="C1014" t="s">
         <v>1691</v>
       </c>
       <c r="D1014">
         <v>1</v>
       </c>
       <c r="E1014" t="s">
         <v>42</v>
       </c>
       <c r="F1014" t="s">
-        <v>577</v>
+        <v>217</v>
       </c>
       <c r="G1014" t="s">
-        <v>93</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1015" spans="1:7">
       <c r="A1015" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1015">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="C1015" t="s">
         <v>1692</v>
       </c>
       <c r="D1015">
         <v>1</v>
       </c>
       <c r="E1015" t="s">
         <v>42</v>
       </c>
       <c r="F1015" t="s">
-        <v>217</v>
+        <v>382</v>
       </c>
       <c r="G1015" t="s">
-        <v>158</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1016" spans="1:7">
       <c r="A1016" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1016">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="C1016" t="s">
         <v>1693</v>
       </c>
       <c r="D1016">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1016" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1016" t="s">
-        <v>382</v>
+        <v>1155</v>
       </c>
       <c r="G1016" t="s">
-        <v>65</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="1017" spans="1:7">
       <c r="A1017" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1017">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C1017" t="s">
         <v>1694</v>
       </c>
       <c r="D1017">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E1017" t="s">
         <v>9</v>
       </c>
       <c r="F1017" t="s">
-        <v>1156</v>
+        <v>240</v>
       </c>
       <c r="G1017" t="s">
-        <v>1026</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1018">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1018" t="s">
         <v>1695</v>
       </c>
       <c r="D1018">
         <v>3</v>
       </c>
       <c r="E1018" t="s">
         <v>9</v>
       </c>
       <c r="F1018" t="s">
-        <v>240</v>
+        <v>1696</v>
       </c>
       <c r="G1018" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1019">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="C1019" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="D1019">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E1019" t="s">
         <v>9</v>
       </c>
       <c r="F1019" t="s">
-        <v>1697</v>
+        <v>240</v>
       </c>
       <c r="G1019" t="s">
-        <v>65</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1020">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1020" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="D1020">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="E1020" t="s">
         <v>9</v>
       </c>
       <c r="F1020" t="s">
         <v>240</v>
       </c>
       <c r="G1020" t="s">
-        <v>1699</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1021">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1021" t="s">
         <v>1700</v>
       </c>
       <c r="D1021">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E1021" t="s">
         <v>9</v>
       </c>
       <c r="F1021" t="s">
-        <v>240</v>
+        <v>1701</v>
       </c>
       <c r="G1021" t="s">
-        <v>65</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1022">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="C1022" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="D1022">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E1022" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1022" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="G1022" t="s">
-        <v>756</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1023">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1023" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="D1023">
         <v>1</v>
       </c>
       <c r="E1023" t="s">
         <v>39</v>
       </c>
       <c r="F1023" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
       <c r="G1023" t="s">
-        <v>1026</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1024">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="C1024" t="s">
         <v>1705</v>
       </c>
       <c r="D1024">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1024" t="s">
         <v>39</v>
       </c>
       <c r="F1024" t="s">
-        <v>1704</v>
+        <v>315</v>
       </c>
       <c r="G1024" t="s">
-        <v>320</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1025">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="C1025" t="s">
         <v>1706</v>
       </c>
       <c r="D1025">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E1025" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1025" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>1707</v>
+      </c>
+      <c r="G1025"/>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1026">
         <v>1998</v>
       </c>
       <c r="C1026" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="D1026">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E1026" t="s">
         <v>9</v>
       </c>
       <c r="F1026" t="s">
-        <v>1708</v>
+        <v>55</v>
       </c>
       <c r="G1026"/>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1027">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="C1027" t="s">
         <v>1709</v>
       </c>
       <c r="D1027">
         <v>2</v>
       </c>
       <c r="E1027" t="s">
         <v>9</v>
       </c>
       <c r="F1027" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G1027"/>
+        <v>43</v>
+      </c>
+      <c r="G1027" t="s">
+        <v>1195</v>
+      </c>
     </row>
     <row r="1028" spans="1:7">
       <c r="A1028" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1028">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1028" t="s">
         <v>1710</v>
       </c>
       <c r="D1028">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E1028" t="s">
         <v>9</v>
       </c>
       <c r="F1028" t="s">
         <v>43</v>
       </c>
       <c r="G1028" t="s">
-        <v>1196</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1029">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1029" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="D1029">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1029" t="s">
         <v>9</v>
       </c>
       <c r="F1029" t="s">
-        <v>43</v>
+        <v>733</v>
       </c>
       <c r="G1029" t="s">
-        <v>1712</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1030">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1030" t="s">
         <v>1713</v>
       </c>
       <c r="D1030">
         <v>1</v>
       </c>
       <c r="E1030" t="s">
         <v>9</v>
       </c>
       <c r="F1030" t="s">
-        <v>734</v>
+        <v>286</v>
       </c>
       <c r="G1030" t="s">
-        <v>65</v>
+        <v>992</v>
       </c>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1031">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1031" t="s">
         <v>1714</v>
       </c>
       <c r="D1031">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="E1031" t="s">
         <v>9</v>
       </c>
       <c r="F1031" t="s">
-        <v>286</v>
+        <v>843</v>
       </c>
       <c r="G1031" t="s">
-        <v>993</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1032">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1032" t="s">
         <v>1715</v>
       </c>
       <c r="D1032">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="E1032" t="s">
         <v>9</v>
       </c>
       <c r="F1032" t="s">
-        <v>844</v>
+        <v>813</v>
       </c>
       <c r="G1032" t="s">
-        <v>1448</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1033">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1033" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="D1033">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E1033" t="s">
         <v>9</v>
       </c>
       <c r="F1033" t="s">
-        <v>814</v>
+        <v>43</v>
       </c>
       <c r="G1033" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1034">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="C1034" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="D1034">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E1034" t="s">
         <v>9</v>
       </c>
       <c r="F1034" t="s">
-        <v>43</v>
+        <v>240</v>
       </c>
       <c r="G1034" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1035">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="C1035" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="D1035">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E1035" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1035" t="s">
-        <v>240</v>
+        <v>155</v>
       </c>
       <c r="G1035" t="s">
-        <v>1721</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1036">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="C1036" t="s">
         <v>1722</v>
       </c>
       <c r="D1036">
         <v>1</v>
       </c>
       <c r="E1036" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F1036" t="s">
-        <v>155</v>
+        <v>610</v>
       </c>
       <c r="G1036" t="s">
-        <v>1719</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1037">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C1037" t="s">
         <v>1723</v>
       </c>
       <c r="D1037">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1037" t="s">
         <v>39</v>
       </c>
       <c r="F1037" t="s">
-        <v>611</v>
+        <v>215</v>
       </c>
       <c r="G1037" t="s">
-        <v>1717</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1038">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1038" t="s">
         <v>1724</v>
       </c>
       <c r="D1038">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1038" t="s">
         <v>39</v>
       </c>
       <c r="F1038" t="s">
         <v>215</v>
       </c>
       <c r="G1038" t="s">
-        <v>1196</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1039">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1039" t="s">
         <v>1725</v>
       </c>
       <c r="D1039">
         <v>1</v>
       </c>
       <c r="E1039" t="s">
         <v>39</v>
       </c>
       <c r="F1039" t="s">
-        <v>215</v>
+        <v>427</v>
       </c>
       <c r="G1039" t="s">
-        <v>1712</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1040">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1040" t="s">
         <v>1726</v>
       </c>
       <c r="D1040">
         <v>1</v>
       </c>
       <c r="E1040" t="s">
         <v>39</v>
       </c>
       <c r="F1040" t="s">
-        <v>427</v>
+        <v>29</v>
       </c>
       <c r="G1040" t="s">
-        <v>65</v>
+        <v>992</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1041">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="C1041" t="s">
         <v>1727</v>
       </c>
       <c r="D1041">
         <v>1</v>
       </c>
       <c r="E1041" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F1041" t="s">
-        <v>29</v>
+        <v>1728</v>
       </c>
       <c r="G1041" t="s">
-        <v>993</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1042">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C1042" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="D1042">
         <v>1</v>
       </c>
       <c r="E1042" t="s">
         <v>42</v>
       </c>
       <c r="F1042" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="G1042" t="s">
-        <v>1712</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1043">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="C1043" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="D1043">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="E1043" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1043" t="s">
-        <v>1731</v>
+        <v>194</v>
       </c>
       <c r="G1043" t="s">
-        <v>1448</v>
+        <v>992</v>
       </c>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1044">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1044" t="s">
         <v>1732</v>
       </c>
       <c r="D1044">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="E1044" t="s">
         <v>9</v>
       </c>
       <c r="F1044" t="s">
-        <v>194</v>
+        <v>393</v>
       </c>
       <c r="G1044" t="s">
-        <v>993</v>
+        <v>532</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1045">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1045" t="s">
         <v>1733</v>
       </c>
       <c r="D1045">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="E1045" t="s">
         <v>9</v>
       </c>
       <c r="F1045" t="s">
         <v>393</v>
       </c>
       <c r="G1045" t="s">
-        <v>532</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1046">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C1046" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="D1046">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="E1046" t="s">
         <v>9</v>
       </c>
       <c r="F1046" t="s">
-        <v>393</v>
+        <v>82</v>
       </c>
       <c r="G1046" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1047">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C1047" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="D1047">
         <v>3</v>
       </c>
       <c r="E1047" t="s">
         <v>9</v>
       </c>
       <c r="F1047" t="s">
-        <v>82</v>
+        <v>200</v>
       </c>
       <c r="G1047" t="s">
-        <v>1737</v>
+        <v>472</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1048">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1048" t="s">
         <v>1738</v>
       </c>
       <c r="D1048">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E1048" t="s">
         <v>9</v>
       </c>
       <c r="F1048" t="s">
-        <v>200</v>
+        <v>79</v>
       </c>
       <c r="G1048" t="s">
-        <v>472</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1049">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="C1049" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="D1049">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E1049" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F1049" t="s">
-        <v>79</v>
+        <v>215</v>
       </c>
       <c r="G1049" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1050">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="C1050" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="D1050">
         <v>1</v>
       </c>
       <c r="E1050" t="s">
         <v>42</v>
       </c>
       <c r="F1050" t="s">
-        <v>215</v>
+        <v>155</v>
       </c>
       <c r="G1050" t="s">
-        <v>1742</v>
+        <v>532</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1051">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="C1051" t="s">
         <v>1743</v>
       </c>
       <c r="D1051">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E1051" t="s">
         <v>42</v>
       </c>
       <c r="F1051" t="s">
-        <v>155</v>
+        <v>40</v>
       </c>
       <c r="G1051" t="s">
-        <v>532</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1052">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="C1052" t="s">
         <v>1744</v>
       </c>
       <c r="D1052">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E1052" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1052" t="s">
-        <v>40</v>
+        <v>1745</v>
       </c>
       <c r="G1052" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1053">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="C1053" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="D1053">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1053" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1053" t="s">
-        <v>1746</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="G1053"/>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1054">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="C1054" t="s">
         <v>1748</v>
       </c>
       <c r="D1054">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1054" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1054" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="G1054"/>
+        <v>634</v>
+      </c>
+      <c r="G1054" t="s">
+        <v>1749</v>
+      </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1055">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C1055" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="D1055">
         <v>3</v>
       </c>
       <c r="E1055" t="s">
         <v>9</v>
       </c>
       <c r="F1055" t="s">
-        <v>635</v>
+        <v>257</v>
       </c>
       <c r="G1055" t="s">
-        <v>1750</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1056">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1056" t="s">
         <v>1751</v>
       </c>
       <c r="D1056">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1056" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1056" t="s">
-        <v>257</v>
+        <v>17</v>
       </c>
       <c r="G1056" t="s">
-        <v>1717</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1057">
-        <v>2020</v>
+        <v>2009</v>
       </c>
       <c r="C1057" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="D1057">
         <v>1</v>
       </c>
       <c r="E1057" t="s">
         <v>28</v>
       </c>
       <c r="F1057" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="G1057"/>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1058">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="C1058" t="s">
         <v>1754</v>
       </c>
       <c r="D1058">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1058" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1058" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="G1058"/>
+        <v>1755</v>
+      </c>
+      <c r="G1058" t="s">
+        <v>1756</v>
+      </c>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1059">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="C1059" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="D1059">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E1059" t="s">
         <v>9</v>
       </c>
       <c r="F1059" t="s">
-        <v>1756</v>
+        <v>409</v>
       </c>
       <c r="G1059" t="s">
-        <v>1757</v>
+        <v>992</v>
       </c>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1060">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="C1060" t="s">
         <v>1758</v>
       </c>
       <c r="D1060">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E1060" t="s">
         <v>9</v>
       </c>
       <c r="F1060" t="s">
-        <v>409</v>
+        <v>55</v>
       </c>
       <c r="G1060" t="s">
-        <v>993</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1061">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="C1061" t="s">
         <v>1759</v>
       </c>
       <c r="D1061">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1061" t="s">
         <v>9</v>
       </c>
       <c r="F1061" t="s">
-        <v>55</v>
+        <v>619</v>
       </c>
       <c r="G1061" t="s">
-        <v>1689</v>
+        <v>136</v>
       </c>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1062">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1062" t="s">
         <v>1760</v>
       </c>
       <c r="D1062">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1062" t="s">
         <v>9</v>
       </c>
       <c r="F1062" t="s">
-        <v>620</v>
+        <v>662</v>
       </c>
       <c r="G1062" t="s">
-        <v>136</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1063">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1063" t="s">
         <v>1761</v>
       </c>
       <c r="D1063">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E1063" t="s">
         <v>9</v>
       </c>
       <c r="F1063" t="s">
-        <v>663</v>
+        <v>64</v>
       </c>
       <c r="G1063" t="s">
-        <v>1196</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1064">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1064" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="D1064">
         <v>5</v>
       </c>
       <c r="E1064" t="s">
         <v>9</v>
       </c>
       <c r="F1064" t="s">
-        <v>64</v>
+        <v>698</v>
       </c>
       <c r="G1064" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1065">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1065" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="D1065">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E1065" t="s">
         <v>9</v>
       </c>
       <c r="F1065" t="s">
-        <v>699</v>
+        <v>240</v>
       </c>
       <c r="G1065" t="s">
-        <v>1765</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1066">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="C1066" t="s">
         <v>1766</v>
       </c>
       <c r="D1066">
         <v>1</v>
       </c>
       <c r="E1066" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1066" t="s">
-        <v>240</v>
+        <v>112</v>
       </c>
       <c r="G1066" t="s">
-        <v>1279</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1067">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="C1067" t="s">
         <v>1767</v>
       </c>
       <c r="D1067">
         <v>1</v>
       </c>
       <c r="E1067" t="s">
         <v>28</v>
       </c>
       <c r="F1067" t="s">
-        <v>112</v>
+        <v>999</v>
       </c>
       <c r="G1067" t="s">
-        <v>1689</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1068">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C1068" t="s">
         <v>1768</v>
       </c>
       <c r="D1068">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1068" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F1068" t="s">
-        <v>1000</v>
+        <v>34</v>
       </c>
       <c r="G1068" t="s">
-        <v>1763</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1069">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1069" t="s">
         <v>1769</v>
       </c>
       <c r="D1069">
         <v>2</v>
       </c>
       <c r="E1069" t="s">
         <v>39</v>
       </c>
       <c r="F1069" t="s">
-        <v>34</v>
+        <v>1770</v>
       </c>
       <c r="G1069" t="s">
-        <v>1196</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1070">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1070" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="D1070">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1070" t="s">
         <v>39</v>
       </c>
       <c r="F1070" t="s">
-        <v>1771</v>
+        <v>29</v>
       </c>
       <c r="G1070" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1071">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="C1071" t="s">
         <v>1772</v>
       </c>
       <c r="D1071">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E1071" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1071" t="s">
-        <v>29</v>
+        <v>223</v>
       </c>
       <c r="G1071" t="s">
-        <v>1765</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1072">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C1072" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="D1072">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E1072" t="s">
         <v>9</v>
       </c>
       <c r="F1072" t="s">
-        <v>223</v>
+        <v>1775</v>
       </c>
       <c r="G1072" t="s">
-        <v>1774</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1073">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1073" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="D1073">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1073" t="s">
         <v>9</v>
       </c>
       <c r="F1073" t="s">
-        <v>1776</v>
+        <v>240</v>
       </c>
       <c r="G1073" t="s">
-        <v>198</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1074">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="C1074" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="D1074">
         <v>1</v>
       </c>
       <c r="E1074" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1074" t="s">
-        <v>240</v>
+        <v>20</v>
       </c>
       <c r="G1074" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1075">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="C1075" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="D1075">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1075" t="s">
         <v>28</v>
       </c>
       <c r="F1075" t="s">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="G1075" t="s">
-        <v>1780</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1076">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="C1076" t="s">
         <v>1781</v>
       </c>
       <c r="D1076">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1076" t="s">
         <v>28</v>
       </c>
       <c r="F1076" t="s">
-        <v>240</v>
+        <v>1171</v>
       </c>
       <c r="G1076" t="s">
-        <v>1196</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1077">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="C1077" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="D1077">
         <v>1</v>
       </c>
       <c r="E1077" t="s">
-        <v>28</v>
+        <v>481</v>
       </c>
       <c r="F1077" t="s">
-        <v>1172</v>
+        <v>315</v>
       </c>
       <c r="G1077" t="s">
-        <v>1783</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1078">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C1078" t="s">
         <v>1784</v>
       </c>
       <c r="D1078">
         <v>1</v>
       </c>
       <c r="E1078" t="s">
-        <v>481</v>
+        <v>39</v>
       </c>
       <c r="F1078" t="s">
-        <v>315</v>
+        <v>31</v>
       </c>
       <c r="G1078" t="s">
-        <v>1422</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1079">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C1079" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="D1079">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1079" t="s">
         <v>39</v>
       </c>
       <c r="F1079" t="s">
-        <v>31</v>
+        <v>455</v>
       </c>
       <c r="G1079" t="s">
-        <v>1786</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1080">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C1080" t="s">
         <v>1787</v>
       </c>
       <c r="D1080">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1080" t="s">
         <v>39</v>
       </c>
       <c r="F1080" t="s">
-        <v>455</v>
+        <v>155</v>
       </c>
       <c r="G1080" t="s">
-        <v>1774</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1081">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1081" t="s">
         <v>1788</v>
       </c>
       <c r="D1081">
         <v>1</v>
       </c>
       <c r="E1081" t="s">
         <v>39</v>
       </c>
       <c r="F1081" t="s">
-        <v>155</v>
+        <v>315</v>
       </c>
       <c r="G1081" t="s">
-        <v>198</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1082">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="C1082" t="s">
         <v>1789</v>
       </c>
       <c r="D1082">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1082" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1082" t="s">
-        <v>315</v>
+        <v>10</v>
       </c>
       <c r="G1082" t="s">
-        <v>1778</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1083">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C1083" t="s">
         <v>1790</v>
       </c>
       <c r="D1083">
         <v>2</v>
       </c>
       <c r="E1083" t="s">
         <v>9</v>
       </c>
       <c r="F1083" t="s">
-        <v>10</v>
+        <v>1389</v>
       </c>
       <c r="G1083" t="s">
-        <v>190</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1084">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="C1084" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="D1084">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E1084" t="s">
         <v>9</v>
       </c>
       <c r="F1084" t="s">
-        <v>1390</v>
+        <v>55</v>
       </c>
       <c r="G1084" t="s">
-        <v>1792</v>
+        <v>846</v>
       </c>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1085">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="C1085" t="s">
         <v>1793</v>
       </c>
       <c r="D1085">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E1085" t="s">
         <v>9</v>
       </c>
       <c r="F1085" t="s">
-        <v>55</v>
+        <v>955</v>
       </c>
       <c r="G1085" t="s">
-        <v>847</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1086">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C1086" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="D1086">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1086" t="s">
         <v>9</v>
       </c>
       <c r="F1086" t="s">
-        <v>956</v>
+        <v>114</v>
       </c>
       <c r="G1086" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1087">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="C1087" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="D1087">
         <v>1</v>
       </c>
       <c r="E1087" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1087" t="s">
-        <v>114</v>
+        <v>464</v>
       </c>
       <c r="G1087" t="s">
-        <v>1797</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1088">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="C1088" t="s">
         <v>1798</v>
       </c>
       <c r="D1088">
         <v>1</v>
       </c>
       <c r="E1088" t="s">
         <v>28</v>
       </c>
       <c r="F1088" t="s">
-        <v>464</v>
+        <v>34</v>
       </c>
       <c r="G1088" t="s">
-        <v>198</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1089">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C1089" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="D1089">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1089" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F1089" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G1089" t="s">
-        <v>1800</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1090">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C1090" t="s">
         <v>1801</v>
       </c>
       <c r="D1090">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1090" t="s">
         <v>39</v>
       </c>
       <c r="F1090" t="s">
-        <v>29</v>
+        <v>311</v>
       </c>
       <c r="G1090" t="s">
-        <v>1261</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" t="s">
-        <v>1485</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>1484</v>
+      </c>
+      <c r="B1091" t="s">
+        <v>1802</v>
       </c>
       <c r="C1091" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="D1091">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1091" t="s">
         <v>39</v>
       </c>
       <c r="F1091" t="s">
-        <v>311</v>
+        <v>399</v>
       </c>
       <c r="G1091" t="s">
-        <v>1797</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" t="s">
-        <v>1485</v>
-[...2 lines deleted...]
-        <v>1803</v>
+        <v>1484</v>
+      </c>
+      <c r="B1092">
+        <v>2010</v>
       </c>
       <c r="C1092" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="D1092">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1092" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1092" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="G1092"/>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1093">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="C1093" t="s">
         <v>1806</v>
       </c>
       <c r="D1093">
         <v>1</v>
       </c>
       <c r="E1093" t="s">
         <v>9</v>
       </c>
       <c r="F1093" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="G1093"/>
+        <v>84</v>
+      </c>
+      <c r="G1093" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1094">
         <v>2018</v>
       </c>
       <c r="C1094" t="s">
         <v>1807</v>
       </c>
       <c r="D1094">
         <v>1</v>
       </c>
       <c r="E1094" t="s">
         <v>9</v>
       </c>
       <c r="F1094" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="G1094" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1095">
-        <v>2018</v>
+        <v>1989</v>
       </c>
       <c r="C1095" t="s">
         <v>1808</v>
       </c>
       <c r="D1095">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1095" t="s">
         <v>9</v>
       </c>
       <c r="F1095" t="s">
-        <v>72</v>
+        <v>662</v>
       </c>
       <c r="G1095" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1096">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="C1096" t="s">
         <v>1809</v>
       </c>
       <c r="D1096">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="E1096" t="s">
         <v>9</v>
       </c>
       <c r="F1096" t="s">
-        <v>663</v>
+        <v>240</v>
       </c>
       <c r="G1096" t="s">
-        <v>80</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1097">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="C1097" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="D1097">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E1097" t="s">
         <v>9</v>
       </c>
       <c r="F1097" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="G1097"/>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1098">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="C1098" t="s">
         <v>1812</v>
       </c>
       <c r="D1098">
         <v>11</v>
       </c>
       <c r="E1098" t="s">
         <v>9</v>
       </c>
       <c r="F1098" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="G1098"/>
+        <v>619</v>
+      </c>
+      <c r="G1098" t="s">
+        <v>1813</v>
+      </c>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1099">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="C1099" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="D1099">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E1099" t="s">
         <v>9</v>
       </c>
       <c r="F1099" t="s">
-        <v>620</v>
+        <v>1317</v>
       </c>
       <c r="G1099" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1100">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1100" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="D1100">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="E1100" t="s">
         <v>9</v>
       </c>
       <c r="F1100" t="s">
-        <v>1318</v>
+        <v>223</v>
       </c>
       <c r="G1100" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1101">
-        <v>2009</v>
+        <v>1994</v>
       </c>
       <c r="C1101" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="D1101">
         <v>3</v>
       </c>
       <c r="E1101" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1101" t="s">
-        <v>223</v>
+        <v>155</v>
       </c>
       <c r="G1101" t="s">
-        <v>1818</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1102">
         <v>1994</v>
       </c>
       <c r="C1102" t="s">
         <v>1819</v>
       </c>
       <c r="D1102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E1102" t="s">
-        <v>28</v>
+        <v>481</v>
       </c>
       <c r="F1102" t="s">
-        <v>155</v>
+        <v>834</v>
       </c>
       <c r="G1102" t="s">
-        <v>1811</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1103">
-        <v>1994</v>
+        <v>2004</v>
       </c>
       <c r="C1103" t="s">
         <v>1820</v>
       </c>
       <c r="D1103">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1103" t="s">
         <v>481</v>
       </c>
       <c r="F1103" t="s">
-        <v>835</v>
+        <v>40</v>
       </c>
       <c r="G1103" t="s">
-        <v>1811</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1104">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="C1104" t="s">
         <v>1821</v>
       </c>
       <c r="D1104">
         <v>1</v>
       </c>
       <c r="E1104" t="s">
-        <v>481</v>
+        <v>571</v>
       </c>
       <c r="F1104" t="s">
-        <v>40</v>
+        <v>382</v>
       </c>
       <c r="G1104" t="s">
-        <v>93</v>
+        <v>469</v>
       </c>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1105">
-        <v>2018</v>
+        <v>1997</v>
       </c>
       <c r="C1105" t="s">
         <v>1822</v>
       </c>
       <c r="D1105">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1105" t="s">
-        <v>572</v>
+        <v>42</v>
       </c>
       <c r="F1105" t="s">
-        <v>382</v>
+        <v>576</v>
       </c>
       <c r="G1105" t="s">
-        <v>469</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1106">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="C1106" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="D1106">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1106" t="s">
         <v>42</v>
       </c>
       <c r="F1106" t="s">
-        <v>577</v>
-[...3 lines deleted...]
-      </c>
+        <v>610</v>
+      </c>
+      <c r="G1106"/>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1107">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="C1107" t="s">
         <v>1825</v>
       </c>
       <c r="D1107">
         <v>1</v>
       </c>
       <c r="E1107" t="s">
         <v>42</v>
       </c>
       <c r="F1107" t="s">
-        <v>611</v>
-[...1 lines deleted...]
-      <c r="G1107"/>
+        <v>315</v>
+      </c>
+      <c r="G1107" t="s">
+        <v>1826</v>
+      </c>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1108">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="C1108" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="D1108">
         <v>1</v>
       </c>
       <c r="E1108" t="s">
         <v>42</v>
       </c>
       <c r="F1108" t="s">
-        <v>315</v>
+        <v>576</v>
       </c>
       <c r="G1108" t="s">
-        <v>1827</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1109">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1109" t="s">
         <v>1828</v>
       </c>
       <c r="D1109">
         <v>1</v>
       </c>
       <c r="E1109" t="s">
         <v>42</v>
       </c>
       <c r="F1109" t="s">
-        <v>577</v>
+        <v>610</v>
       </c>
       <c r="G1109" t="s">
-        <v>1816</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1110">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="C1110" t="s">
         <v>1829</v>
       </c>
       <c r="D1110">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1110" t="s">
         <v>42</v>
       </c>
       <c r="F1110" t="s">
-        <v>611</v>
+        <v>576</v>
       </c>
       <c r="G1110" t="s">
-        <v>861</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1111">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="C1111" t="s">
         <v>1830</v>
       </c>
       <c r="D1111">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1111" t="s">
         <v>42</v>
       </c>
       <c r="F1111" t="s">
-        <v>577</v>
+        <v>324</v>
       </c>
       <c r="G1111" t="s">
-        <v>756</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1112">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1112" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="D1112">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E1112" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1112" t="s">
-        <v>324</v>
+        <v>192</v>
       </c>
       <c r="G1112" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1113">
         <v>2020</v>
       </c>
       <c r="C1113" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D1113">
+        <v>12</v>
+      </c>
+      <c r="E1113" t="s">
+        <v>28</v>
+      </c>
+      <c r="F1113" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1113" t="s">
         <v>1833</v>
-      </c>
-[...10 lines deleted...]
-        <v>1834</v>
       </c>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1114">
         <v>2020</v>
       </c>
       <c r="C1114" t="s">
         <v>1835</v>
       </c>
       <c r="D1114">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="E1114" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F1114" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="G1114" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1115">
-        <v>2020</v>
+        <v>2007</v>
       </c>
       <c r="C1115" t="s">
         <v>1836</v>
       </c>
       <c r="D1115">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E1115" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1115" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="G1115"/>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1116">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="C1116" t="s">
         <v>1837</v>
       </c>
       <c r="D1116">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1116" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1116" t="s">
-        <v>58</v>
+        <v>1838</v>
       </c>
       <c r="G1116"/>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1117">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="C1117" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="D1117">
         <v>1</v>
       </c>
       <c r="E1117" t="s">
         <v>39</v>
       </c>
       <c r="F1117" t="s">
-        <v>1839</v>
-[...1 lines deleted...]
-      <c r="G1117"/>
+        <v>17</v>
+      </c>
+      <c r="G1117" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1118">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="C1118" t="s">
         <v>1840</v>
       </c>
       <c r="D1118">
         <v>1</v>
       </c>
       <c r="E1118" t="s">
         <v>39</v>
       </c>
       <c r="F1118" t="s">
-        <v>17</v>
+        <v>1013</v>
       </c>
       <c r="G1118" t="s">
-        <v>93</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1119">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="C1119" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="D1119">
         <v>1</v>
       </c>
       <c r="E1119" t="s">
         <v>39</v>
       </c>
       <c r="F1119" t="s">
-        <v>1014</v>
+        <v>243</v>
       </c>
       <c r="G1119" t="s">
-        <v>1842</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1120">
         <v>2013</v>
       </c>
       <c r="C1120" t="s">
         <v>1843</v>
       </c>
       <c r="D1120">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1120" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1120" t="s">
-        <v>243</v>
+        <v>1628</v>
       </c>
       <c r="G1120" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1121">
         <v>2013</v>
       </c>
       <c r="C1121" t="s">
         <v>1844</v>
       </c>
       <c r="D1121">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1121" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1121" t="s">
-        <v>1629</v>
+        <v>399</v>
       </c>
       <c r="G1121" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1122">
         <v>2013</v>
       </c>
       <c r="C1122" t="s">
         <v>1845</v>
       </c>
       <c r="D1122">
         <v>1</v>
       </c>
       <c r="E1122" t="s">
-        <v>39</v>
+        <v>481</v>
       </c>
       <c r="F1122" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="G1122"/>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1123">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="C1123" t="s">
         <v>1846</v>
       </c>
       <c r="D1123">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1123" t="s">
-        <v>481</v>
+        <v>9</v>
       </c>
       <c r="F1123" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="G1123"/>
+        <v>61</v>
+      </c>
+      <c r="G1123" t="s">
+        <v>947</v>
+      </c>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1124">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="C1124" t="s">
         <v>1847</v>
       </c>
       <c r="D1124">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="E1124" t="s">
         <v>9</v>
       </c>
       <c r="F1124" t="s">
-        <v>61</v>
+        <v>140</v>
       </c>
       <c r="G1124" t="s">
-        <v>948</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1125">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C1125" t="s">
         <v>1848</v>
       </c>
       <c r="D1125">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="E1125" t="s">
         <v>9</v>
       </c>
       <c r="F1125" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="G1125" t="s">
-        <v>65</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1126">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="C1126" t="s">
         <v>1849</v>
       </c>
       <c r="D1126">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1126" t="s">
         <v>9</v>
       </c>
       <c r="F1126" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="G1126" t="s">
-        <v>1063</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1127">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1127" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="D1127">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="E1127" t="s">
         <v>9</v>
       </c>
       <c r="F1127" t="s">
-        <v>43</v>
+        <v>140</v>
       </c>
       <c r="G1127" t="s">
-        <v>1851</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1128">
         <v>2017</v>
       </c>
       <c r="C1128" t="s">
         <v>1852</v>
       </c>
       <c r="D1128">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="E1128" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1128" t="s">
-        <v>140</v>
+        <v>240</v>
       </c>
       <c r="G1128" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1129">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="C1129" t="s">
         <v>1853</v>
       </c>
       <c r="D1129">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1129" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1129" t="s">
-        <v>240</v>
+        <v>55</v>
       </c>
       <c r="G1129" t="s">
-        <v>1689</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1130">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C1130" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="D1130">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E1130" t="s">
         <v>9</v>
       </c>
       <c r="F1130" t="s">
-        <v>55</v>
+        <v>140</v>
       </c>
       <c r="G1130" t="s">
-        <v>1855</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1131">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1131" t="s">
         <v>1856</v>
       </c>
       <c r="D1131">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E1131" t="s">
         <v>9</v>
       </c>
       <c r="F1131" t="s">
-        <v>140</v>
+        <v>619</v>
       </c>
       <c r="G1131" t="s">
-        <v>1295</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1132">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C1132" t="s">
         <v>1857</v>
       </c>
       <c r="D1132">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1132" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1132" t="s">
-        <v>620</v>
+        <v>240</v>
       </c>
       <c r="G1132" t="s">
-        <v>198</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1133">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1133" t="s">
         <v>1858</v>
       </c>
       <c r="D1133">
         <v>1</v>
       </c>
       <c r="E1133" t="s">
         <v>28</v>
       </c>
       <c r="F1133" t="s">
-        <v>240</v>
+        <v>17</v>
       </c>
       <c r="G1133" t="s">
-        <v>1295</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1134">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="C1134" t="s">
         <v>1859</v>
       </c>
       <c r="D1134">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="E1134" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1134" t="s">
-        <v>17</v>
+        <v>393</v>
       </c>
       <c r="G1134" t="s">
-        <v>198</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1135">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C1135" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="D1135">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="E1135" t="s">
         <v>9</v>
       </c>
       <c r="F1135" t="s">
-        <v>393</v>
+        <v>79</v>
       </c>
       <c r="G1135" t="s">
-        <v>1861</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1136">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="C1136" t="s">
         <v>1862</v>
       </c>
       <c r="D1136">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="E1136" t="s">
         <v>9</v>
       </c>
       <c r="F1136" t="s">
-        <v>79</v>
+        <v>140</v>
       </c>
       <c r="G1136" t="s">
-        <v>1196</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1137">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="C1137" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="D1137">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E1137" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1137" t="s">
-        <v>140</v>
+        <v>43</v>
       </c>
       <c r="G1137" t="s">
-        <v>1864</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1138">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="C1138" t="s">
         <v>1865</v>
       </c>
       <c r="D1138">
         <v>1</v>
       </c>
       <c r="E1138" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1138" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="G1138"/>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1139">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="C1139" t="s">
         <v>1866</v>
       </c>
       <c r="D1139">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E1139" t="s">
         <v>9</v>
       </c>
       <c r="F1139" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="G1139"/>
+        <v>203</v>
+      </c>
+      <c r="G1139" t="s">
+        <v>416</v>
+      </c>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1140">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="C1140" t="s">
         <v>1867</v>
       </c>
       <c r="D1140">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E1140" t="s">
         <v>9</v>
       </c>
       <c r="F1140" t="s">
-        <v>203</v>
+        <v>698</v>
       </c>
       <c r="G1140" t="s">
-        <v>416</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1141">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="C1141" t="s">
         <v>1868</v>
       </c>
       <c r="D1141">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1141" t="s">
         <v>9</v>
       </c>
       <c r="F1141" t="s">
-        <v>699</v>
+        <v>311</v>
       </c>
       <c r="G1141" t="s">
-        <v>1226</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1142">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="C1142" t="s">
         <v>1869</v>
       </c>
       <c r="D1142">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E1142" t="s">
         <v>9</v>
       </c>
       <c r="F1142" t="s">
-        <v>311</v>
+        <v>429</v>
       </c>
       <c r="G1142" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1143">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="C1143" t="s">
         <v>1870</v>
       </c>
       <c r="D1143">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E1143" t="s">
         <v>9</v>
       </c>
       <c r="F1143" t="s">
-        <v>429</v>
+        <v>311</v>
       </c>
       <c r="G1143" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1144">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="C1144" t="s">
         <v>1871</v>
       </c>
       <c r="D1144">
         <v>9</v>
       </c>
       <c r="E1144" t="s">
         <v>9</v>
       </c>
       <c r="F1144" t="s">
-        <v>311</v>
+        <v>31</v>
       </c>
       <c r="G1144" t="s">
-        <v>65</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1145">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="C1145" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="D1145">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E1145" t="s">
         <v>9</v>
       </c>
       <c r="F1145" t="s">
-        <v>31</v>
+        <v>215</v>
       </c>
       <c r="G1145" t="s">
-        <v>1873</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1146">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="C1146" t="s">
         <v>1874</v>
       </c>
       <c r="D1146">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E1146" t="s">
         <v>9</v>
       </c>
       <c r="F1146" t="s">
-        <v>215</v>
+        <v>311</v>
       </c>
       <c r="G1146" t="s">
-        <v>1444</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1147">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="C1147" t="s">
         <v>1875</v>
       </c>
       <c r="D1147">
         <v>3</v>
       </c>
       <c r="E1147" t="s">
         <v>9</v>
       </c>
       <c r="F1147" t="s">
-        <v>311</v>
+        <v>1166</v>
       </c>
       <c r="G1147" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1148">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C1148" t="s">
         <v>1876</v>
       </c>
       <c r="D1148">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E1148" t="s">
         <v>9</v>
       </c>
       <c r="F1148" t="s">
-        <v>1167</v>
+        <v>1877</v>
       </c>
       <c r="G1148" t="s">
-        <v>93</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1149">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1149" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="D1149">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E1149" t="s">
         <v>9</v>
       </c>
       <c r="F1149" t="s">
-        <v>1878</v>
+        <v>29</v>
       </c>
       <c r="G1149" t="s">
-        <v>1879</v>
+        <v>597</v>
       </c>
     </row>
     <row r="1150" spans="1:7">
       <c r="A1150" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1150">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1150" t="s">
         <v>1880</v>
       </c>
       <c r="D1150">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E1150" t="s">
         <v>9</v>
       </c>
       <c r="F1150" t="s">
-        <v>29</v>
+        <v>1881</v>
       </c>
       <c r="G1150" t="s">
-        <v>598</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="1151" spans="1:7">
       <c r="A1151" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1151">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C1151" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="D1151">
         <v>3</v>
       </c>
       <c r="E1151" t="s">
         <v>9</v>
       </c>
       <c r="F1151" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="G1151" t="s">
-        <v>1883</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1152" spans="1:7">
       <c r="A1152" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1152">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C1152" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="D1152">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="E1152" t="s">
         <v>9</v>
       </c>
       <c r="F1152" t="s">
-        <v>1885</v>
+        <v>31</v>
       </c>
       <c r="G1152" t="s">
-        <v>46</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="1153" spans="1:7">
       <c r="A1153" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1153">
         <v>2017</v>
       </c>
       <c r="C1153" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D1153">
+        <v>5</v>
+      </c>
+      <c r="E1153" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1153" t="s">
+        <v>542</v>
+      </c>
+      <c r="G1153" t="s">
         <v>1886</v>
-      </c>
-[...10 lines deleted...]
-        <v>1887</v>
       </c>
     </row>
     <row r="1154" spans="1:7">
       <c r="A1154" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1154">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1154" t="s">
         <v>1888</v>
       </c>
       <c r="D1154">
         <v>5</v>
       </c>
       <c r="E1154" t="s">
         <v>9</v>
       </c>
       <c r="F1154" t="s">
-        <v>543</v>
+        <v>1889</v>
       </c>
       <c r="G1154" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="1155" spans="1:7">
       <c r="A1155" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1155">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1155" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="D1155">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E1155" t="s">
         <v>9</v>
       </c>
       <c r="F1155" t="s">
-        <v>1890</v>
+        <v>429</v>
       </c>
       <c r="G1155" t="s">
-        <v>1891</v>
+        <v>564</v>
       </c>
     </row>
     <row r="1156" spans="1:7">
       <c r="A1156" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1156">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1156" t="s">
         <v>1892</v>
       </c>
       <c r="D1156">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E1156" t="s">
         <v>9</v>
       </c>
       <c r="F1156" t="s">
-        <v>429</v>
+        <v>215</v>
       </c>
       <c r="G1156" t="s">
-        <v>565</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="1157" spans="1:7">
       <c r="A1157" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1157">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="C1157" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="D1157">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E1157" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1157" t="s">
-        <v>215</v>
+        <v>834</v>
       </c>
       <c r="G1157" t="s">
-        <v>1894</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1158" spans="1:7">
       <c r="A1158" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1158">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C1158" t="s">
         <v>1895</v>
       </c>
       <c r="D1158">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E1158" t="s">
         <v>28</v>
       </c>
       <c r="F1158" t="s">
-        <v>835</v>
+        <v>324</v>
       </c>
       <c r="G1158" t="s">
-        <v>46</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="1159" spans="1:7">
       <c r="A1159" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1159">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C1159" t="s">
         <v>1896</v>
       </c>
       <c r="D1159">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1159" t="s">
         <v>28</v>
       </c>
       <c r="F1159" t="s">
-        <v>324</v>
+        <v>1359</v>
       </c>
       <c r="G1159" t="s">
-        <v>1887</v>
+        <v>564</v>
       </c>
     </row>
     <row r="1160" spans="1:7">
       <c r="A1160" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1160">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="C1160" t="s">
         <v>1897</v>
       </c>
       <c r="D1160">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1160" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F1160" t="s">
-        <v>1360</v>
+        <v>495</v>
       </c>
       <c r="G1160" t="s">
-        <v>565</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1161" spans="1:7">
       <c r="A1161" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1161">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C1161" t="s">
         <v>1898</v>
       </c>
       <c r="D1161">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1161" t="s">
         <v>39</v>
       </c>
       <c r="F1161" t="s">
-        <v>495</v>
+        <v>125</v>
       </c>
       <c r="G1161" t="s">
-        <v>46</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="1162" spans="1:7">
       <c r="A1162" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1162">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="C1162" t="s">
         <v>1899</v>
       </c>
       <c r="D1162">
         <v>1</v>
       </c>
       <c r="E1162" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F1162" t="s">
-        <v>125</v>
+        <v>1900</v>
       </c>
       <c r="G1162" t="s">
-        <v>1887</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1163" spans="1:7">
       <c r="A1163" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1163">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="C1163" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="D1163">
         <v>1</v>
       </c>
       <c r="E1163" t="s">
         <v>42</v>
       </c>
       <c r="F1163" t="s">
-        <v>1901</v>
+        <v>269</v>
       </c>
       <c r="G1163" t="s">
-        <v>320</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1164" spans="1:7">
       <c r="A1164" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1164">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C1164" t="s">
         <v>1902</v>
       </c>
       <c r="D1164">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1164" t="s">
         <v>42</v>
       </c>
       <c r="F1164" t="s">
-        <v>269</v>
+        <v>389</v>
       </c>
       <c r="G1164" t="s">
-        <v>93</v>
+        <v>597</v>
       </c>
     </row>
     <row r="1165" spans="1:7">
       <c r="A1165" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1165">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="C1165" t="s">
         <v>1903</v>
       </c>
       <c r="D1165">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E1165" t="s">
         <v>42</v>
       </c>
       <c r="F1165" t="s">
-        <v>389</v>
+        <v>514</v>
       </c>
       <c r="G1165" t="s">
-        <v>598</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1166" spans="1:7">
       <c r="A1166" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1166">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="C1166" t="s">
         <v>1904</v>
       </c>
       <c r="D1166">
         <v>5</v>
       </c>
       <c r="E1166" t="s">
         <v>42</v>
       </c>
       <c r="F1166" t="s">
-        <v>514</v>
+        <v>1900</v>
       </c>
       <c r="G1166" t="s">
-        <v>46</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="1167" spans="1:7">
       <c r="A1167" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1167">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1167" t="s">
         <v>1905</v>
       </c>
       <c r="D1167">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E1167" t="s">
         <v>42</v>
       </c>
       <c r="F1167" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
       <c r="G1167" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="1168" spans="1:7">
       <c r="A1168" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1168">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="C1168" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="D1168">
         <v>1</v>
       </c>
       <c r="E1168" t="s">
         <v>42</v>
       </c>
       <c r="F1168" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="G1168" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="1169" spans="1:7">
       <c r="A1169" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1169">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="C1169" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="D1169">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E1169" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1169" t="s">
-        <v>1909</v>
+        <v>464</v>
       </c>
       <c r="G1169" t="s">
-        <v>1894</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1170" spans="1:7">
       <c r="A1170" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1170">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="C1170" t="s">
         <v>1910</v>
       </c>
       <c r="D1170">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E1170" t="s">
         <v>9</v>
       </c>
       <c r="F1170" t="s">
-        <v>464</v>
+        <v>795</v>
       </c>
       <c r="G1170" t="s">
-        <v>1226</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="1171" spans="1:7">
       <c r="A1171" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1171">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C1171" t="s">
         <v>1911</v>
       </c>
       <c r="D1171">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E1171" t="s">
         <v>9</v>
       </c>
       <c r="F1171" t="s">
-        <v>796</v>
+        <v>213</v>
       </c>
       <c r="G1171" t="s">
-        <v>1699</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="1172" spans="1:7">
       <c r="A1172" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1172">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="C1172" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="D1172">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E1172" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1172" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="G1172"/>
     </row>
     <row r="1173" spans="1:7">
       <c r="A1173" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1173">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="C1173" t="s">
         <v>1914</v>
       </c>
       <c r="D1173">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1173" t="s">
         <v>28</v>
       </c>
       <c r="F1173" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="G1173"/>
+        <v>429</v>
+      </c>
+      <c r="G1173" t="s">
+        <v>860</v>
+      </c>
     </row>
     <row r="1174" spans="1:7">
       <c r="A1174" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1174">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C1174" t="s">
         <v>1915</v>
       </c>
       <c r="D1174">
         <v>3</v>
       </c>
       <c r="E1174" t="s">
         <v>28</v>
       </c>
       <c r="F1174" t="s">
-        <v>429</v>
+        <v>40</v>
       </c>
       <c r="G1174" t="s">
-        <v>861</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="1175" spans="1:7">
       <c r="A1175" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1175">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="C1175" t="s">
         <v>1916</v>
       </c>
       <c r="D1175">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1175" t="s">
         <v>28</v>
       </c>
       <c r="F1175" t="s">
-        <v>40</v>
+        <v>576</v>
       </c>
       <c r="G1175" t="s">
-        <v>1627</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="1176" spans="1:7">
       <c r="A1176" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1176">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="C1176" t="s">
         <v>1917</v>
       </c>
       <c r="D1176">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1176" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1176" t="s">
-        <v>577</v>
+        <v>64</v>
       </c>
       <c r="G1176" t="s">
-        <v>1913</v>
+        <v>846</v>
       </c>
     </row>
     <row r="1177" spans="1:7">
       <c r="A1177" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1177">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1177" t="s">
         <v>1918</v>
       </c>
       <c r="D1177">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1177" t="s">
         <v>9</v>
       </c>
       <c r="F1177" t="s">
         <v>64</v>
       </c>
-      <c r="G1177" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G1177"/>
     </row>
     <row r="1178" spans="1:7">
       <c r="A1178" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1178">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1178" t="s">
         <v>1919</v>
       </c>
       <c r="D1178">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1178" t="s">
         <v>9</v>
       </c>
       <c r="F1178" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G1178"/>
+        <v>955</v>
+      </c>
+      <c r="G1178" t="s">
+        <v>1017</v>
+      </c>
     </row>
     <row r="1179" spans="1:7">
       <c r="A1179" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1179">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="C1179" t="s">
         <v>1920</v>
       </c>
       <c r="D1179">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E1179" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1179" t="s">
-        <v>956</v>
+        <v>1770</v>
       </c>
       <c r="G1179" t="s">
-        <v>1018</v>
+        <v>846</v>
       </c>
     </row>
     <row r="1180" spans="1:7">
       <c r="A1180" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1180">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1180" t="s">
         <v>1921</v>
       </c>
       <c r="D1180">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1180" t="s">
         <v>39</v>
       </c>
       <c r="F1180" t="s">
-        <v>1771</v>
-[...3 lines deleted...]
-      </c>
+        <v>1770</v>
+      </c>
+      <c r="G1180"/>
     </row>
     <row r="1181" spans="1:7">
       <c r="A1181" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1181">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1181" t="s">
         <v>1922</v>
       </c>
       <c r="D1181">
         <v>1</v>
       </c>
       <c r="E1181" t="s">
         <v>39</v>
       </c>
       <c r="F1181" t="s">
-        <v>1771</v>
-[...1 lines deleted...]
-      <c r="G1181"/>
+        <v>1770</v>
+      </c>
+      <c r="G1181" t="s">
+        <v>1017</v>
+      </c>
     </row>
     <row r="1182" spans="1:7">
       <c r="A1182" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1182">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="C1182" t="s">
         <v>1923</v>
       </c>
       <c r="D1182">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1182" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1182" t="s">
-        <v>1771</v>
+        <v>1005</v>
       </c>
       <c r="G1182" t="s">
-        <v>1018</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="1183" spans="1:7">
       <c r="A1183" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1183">
-        <v>2006</v>
+        <v>2019</v>
       </c>
       <c r="C1183" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="D1183">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E1183" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1183" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
       <c r="G1183" t="s">
-        <v>1925</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1184" spans="1:7">
       <c r="A1184" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1184">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="C1184" t="s">
         <v>1926</v>
       </c>
       <c r="D1184">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E1184" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1184" t="s">
-        <v>1014</v>
+        <v>95</v>
       </c>
       <c r="G1184" t="s">
-        <v>198</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1185" spans="1:7">
       <c r="A1185" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1185">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1185" t="s">
         <v>1927</v>
       </c>
       <c r="D1185">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E1185" t="s">
         <v>9</v>
       </c>
       <c r="F1185" t="s">
-        <v>95</v>
+        <v>409</v>
       </c>
       <c r="G1185" t="s">
-        <v>861</v>
+        <v>601</v>
       </c>
     </row>
     <row r="1186" spans="1:7">
       <c r="A1186" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1186">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1186" t="s">
         <v>1928</v>
       </c>
       <c r="D1186">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E1186" t="s">
         <v>9</v>
       </c>
       <c r="F1186" t="s">
-        <v>409</v>
+        <v>192</v>
       </c>
       <c r="G1186" t="s">
-        <v>602</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="1187" spans="1:7">
       <c r="A1187" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1187">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="C1187" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="D1187">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E1187" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1187" t="s">
-        <v>192</v>
+        <v>10</v>
       </c>
       <c r="G1187" t="s">
-        <v>1930</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1188" spans="1:7">
       <c r="A1188" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1188">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="C1188" t="s">
         <v>1931</v>
       </c>
       <c r="D1188">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1188" t="s">
         <v>28</v>
       </c>
       <c r="F1188" t="s">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="G1188" t="s">
-        <v>18</v>
+        <v>601</v>
       </c>
     </row>
     <row r="1189" spans="1:7">
       <c r="A1189" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1189">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1189" t="s">
         <v>1932</v>
       </c>
       <c r="D1189">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1189" t="s">
         <v>28</v>
       </c>
       <c r="F1189" t="s">
-        <v>240</v>
+        <v>733</v>
       </c>
       <c r="G1189" t="s">
-        <v>602</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="1190" spans="1:7">
       <c r="A1190" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1190">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="C1190" t="s">
         <v>1933</v>
       </c>
       <c r="D1190">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E1190" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1190" t="s">
-        <v>734</v>
+        <v>409</v>
       </c>
       <c r="G1190" t="s">
-        <v>1930</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="1191" spans="1:7">
       <c r="A1191" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1191">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="C1191" t="s">
         <v>1934</v>
       </c>
       <c r="D1191">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E1191" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1191" t="s">
-        <v>409</v>
+        <v>1935</v>
       </c>
       <c r="G1191" t="s">
-        <v>1584</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="1192" spans="1:7">
       <c r="A1192" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1192">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="C1192" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="D1192">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E1192" t="s">
         <v>28</v>
       </c>
       <c r="F1192" t="s">
-        <v>1936</v>
+        <v>240</v>
       </c>
       <c r="G1192" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="1193" spans="1:7">
       <c r="A1193" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1193">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="C1193" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="D1193">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1193" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F1193" t="s">
-        <v>240</v>
+        <v>311</v>
       </c>
       <c r="G1193" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="1194" spans="1:7">
       <c r="A1194" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1194">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="C1194" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="D1194">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1194" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F1194" t="s">
-        <v>311</v>
+        <v>370</v>
       </c>
       <c r="G1194" t="s">
-        <v>1941</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1195" spans="1:7">
       <c r="A1195" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1195">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="C1195" t="s">
         <v>1942</v>
       </c>
       <c r="D1195">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="E1195" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1195" t="s">
-        <v>370</v>
+        <v>17</v>
       </c>
       <c r="G1195" t="s">
-        <v>320</v>
+        <v>658</v>
       </c>
     </row>
     <row r="1196" spans="1:7">
       <c r="A1196" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1196">
         <v>2018</v>
       </c>
       <c r="C1196" t="s">
         <v>1943</v>
       </c>
       <c r="D1196">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="E1196" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1196" t="s">
-        <v>17</v>
+        <v>576</v>
       </c>
       <c r="G1196" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
     </row>
     <row r="1197" spans="1:7">
       <c r="A1197" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1197">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="C1197" t="s">
         <v>1944</v>
       </c>
       <c r="D1197">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="E1197" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1197" t="s">
-        <v>577</v>
+        <v>1100</v>
       </c>
       <c r="G1197" t="s">
-        <v>659</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1198" spans="1:7">
       <c r="A1198" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1198">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C1198" t="s">
         <v>1945</v>
       </c>
       <c r="D1198">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E1198" t="s">
         <v>9</v>
       </c>
       <c r="F1198" t="s">
-        <v>1101</v>
+        <v>10</v>
       </c>
       <c r="G1198" t="s">
-        <v>18</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="1199" spans="1:7">
       <c r="A1199" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1199">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="C1199" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="D1199">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="E1199" t="s">
         <v>9</v>
       </c>
       <c r="F1199" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G1199" t="s">
-        <v>1947</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="1200" spans="1:7">
       <c r="A1200" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1200">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="C1200" t="s">
         <v>1948</v>
       </c>
       <c r="D1200">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E1200" t="s">
         <v>9</v>
       </c>
       <c r="F1200" t="s">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="G1200" t="s">
-        <v>1444</v>
+        <v>601</v>
       </c>
     </row>
     <row r="1201" spans="1:7">
       <c r="A1201" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1201">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1201" t="s">
         <v>1949</v>
       </c>
       <c r="D1201">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E1201" t="s">
         <v>9</v>
       </c>
       <c r="F1201" t="s">
         <v>240</v>
       </c>
       <c r="G1201" t="s">
-        <v>602</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="1202" spans="1:7">
       <c r="A1202" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1202">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="C1202" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="D1202">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E1202" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1202" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="G1202" t="s">
-        <v>1951</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="1203" spans="1:7">
       <c r="A1203" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1203">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="C1203" t="s">
         <v>1952</v>
       </c>
       <c r="D1203">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1203" t="s">
-        <v>28</v>
+        <v>571</v>
       </c>
       <c r="F1203" t="s">
-        <v>215</v>
+        <v>1515</v>
       </c>
       <c r="G1203" t="s">
-        <v>1444</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1204" spans="1:7">
       <c r="A1204" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1204">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="C1204" t="s">
         <v>1953</v>
       </c>
       <c r="D1204">
         <v>1</v>
       </c>
       <c r="E1204" t="s">
-        <v>572</v>
+        <v>39</v>
       </c>
       <c r="F1204" t="s">
-        <v>1516</v>
+        <v>315</v>
       </c>
       <c r="G1204" t="s">
-        <v>93</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="1205" spans="1:7">
       <c r="A1205" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1205">
-        <v>2018</v>
+        <v>2009</v>
       </c>
       <c r="C1205" t="s">
         <v>1954</v>
       </c>
       <c r="D1205">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="E1205" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1205" t="s">
-        <v>315</v>
+        <v>866</v>
       </c>
       <c r="G1205" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="1206" spans="1:7">
       <c r="A1206" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1206">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1206" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="D1206">
+        <v>2</v>
+      </c>
+      <c r="E1206" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1206" t="s">
         <v>17</v>
       </c>
-      <c r="E1206" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G1206" t="s">
-        <v>1956</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1207" spans="1:7">
       <c r="A1207" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1207">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="C1207" t="s">
         <v>1957</v>
       </c>
       <c r="D1207">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="E1207" t="s">
         <v>9</v>
       </c>
       <c r="F1207" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="G1207" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1208" spans="1:7">
       <c r="A1208" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1208">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1208" t="s">
         <v>1958</v>
       </c>
       <c r="D1208">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E1208" t="s">
         <v>9</v>
       </c>
       <c r="F1208" t="s">
-        <v>112</v>
+        <v>17</v>
       </c>
       <c r="G1208" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1209" spans="1:7">
       <c r="A1209" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1209">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1209" t="s">
         <v>1959</v>
       </c>
       <c r="D1209">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E1209" t="s">
         <v>9</v>
       </c>
       <c r="F1209" t="s">
-        <v>17</v>
+        <v>1013</v>
       </c>
       <c r="G1209" t="s">
-        <v>46</v>
+        <v>601</v>
       </c>
     </row>
     <row r="1210" spans="1:7">
       <c r="A1210" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1210">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1210" t="s">
         <v>1960</v>
       </c>
       <c r="D1210">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E1210" t="s">
         <v>9</v>
       </c>
       <c r="F1210" t="s">
-        <v>1014</v>
+        <v>17</v>
       </c>
       <c r="G1210" t="s">
-        <v>602</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1211" spans="1:7">
       <c r="A1211" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1211">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1211" t="s">
         <v>1961</v>
       </c>
       <c r="D1211">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="E1211" t="s">
         <v>9</v>
       </c>
       <c r="F1211" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="G1211" t="s">
-        <v>933</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1212" spans="1:7">
       <c r="A1212" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1212">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="C1212" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="D1212">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="E1212" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1212" t="s">
-        <v>122</v>
+        <v>399</v>
       </c>
       <c r="G1212" t="s">
-        <v>1963</v>
+        <v>601</v>
       </c>
     </row>
     <row r="1213" spans="1:7">
       <c r="A1213" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1213">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="C1213" t="s">
         <v>1964</v>
       </c>
       <c r="D1213">
         <v>1</v>
       </c>
       <c r="E1213" t="s">
-        <v>28</v>
+        <v>481</v>
       </c>
       <c r="F1213" t="s">
-        <v>399</v>
+        <v>217</v>
       </c>
       <c r="G1213" t="s">
-        <v>602</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1214" spans="1:7">
       <c r="A1214" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1214">
         <v>2021</v>
       </c>
       <c r="C1214" t="s">
         <v>1965</v>
       </c>
       <c r="D1214">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1214" t="s">
-        <v>481</v>
+        <v>39</v>
       </c>
       <c r="F1214" t="s">
-        <v>217</v>
+        <v>576</v>
       </c>
       <c r="G1214" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1215" spans="1:7">
       <c r="A1215" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1215">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="C1215" t="s">
         <v>1966</v>
       </c>
       <c r="D1215">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1215" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F1215" t="s">
-        <v>577</v>
+        <v>1967</v>
       </c>
       <c r="G1215" t="s">
-        <v>1963</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1216" spans="1:7">
       <c r="A1216" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1216">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="C1216" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="D1216">
         <v>1</v>
       </c>
       <c r="E1216" t="s">
         <v>42</v>
       </c>
       <c r="F1216" t="s">
-        <v>1968</v>
+        <v>495</v>
       </c>
       <c r="G1216" t="s">
-        <v>65</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1217" spans="1:7">
       <c r="A1217" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1217">
-        <v>2021</v>
+        <v>2005</v>
       </c>
       <c r="C1217" t="s">
         <v>1969</v>
       </c>
       <c r="D1217">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="E1217" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1217" t="s">
-        <v>495</v>
+        <v>365</v>
       </c>
       <c r="G1217" t="s">
-        <v>1963</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1218" spans="1:7">
       <c r="A1218" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1218">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C1218" t="s">
         <v>1970</v>
       </c>
       <c r="D1218">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E1218" t="s">
         <v>9</v>
       </c>
       <c r="F1218" t="s">
-        <v>365</v>
+        <v>1971</v>
       </c>
       <c r="G1218" t="s">
-        <v>65</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1219" spans="1:7">
       <c r="A1219" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1219">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="C1219" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="D1219">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="E1219" t="s">
         <v>9</v>
       </c>
       <c r="F1219" t="s">
-        <v>1972</v>
+        <v>10</v>
       </c>
       <c r="G1219" t="s">
-        <v>861</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1220" spans="1:7">
       <c r="A1220" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1220">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1220" t="s">
         <v>1973</v>
       </c>
       <c r="D1220">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E1220" t="s">
         <v>9</v>
       </c>
       <c r="F1220" t="s">
         <v>10</v>
       </c>
       <c r="G1220" t="s">
-        <v>32</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="1221" spans="1:7">
       <c r="A1221" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1221">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1221" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="D1221">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E1221" t="s">
         <v>9</v>
       </c>
       <c r="F1221" t="s">
-        <v>10</v>
+        <v>1572</v>
       </c>
       <c r="G1221" t="s">
-        <v>1975</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1222" spans="1:7">
       <c r="A1222" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1222">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="C1222" t="s">
         <v>1976</v>
       </c>
       <c r="D1222">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E1222" t="s">
         <v>9</v>
       </c>
       <c r="F1222" t="s">
-        <v>1573</v>
+        <v>240</v>
       </c>
       <c r="G1222" t="s">
-        <v>190</v>
+        <v>626</v>
       </c>
     </row>
     <row r="1223" spans="1:7">
       <c r="A1223" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1223">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="C1223" t="s">
         <v>1977</v>
       </c>
       <c r="D1223">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E1223" t="s">
         <v>9</v>
       </c>
       <c r="F1223" t="s">
-        <v>240</v>
+        <v>17</v>
       </c>
       <c r="G1223" t="s">
-        <v>627</v>
+        <v>930</v>
       </c>
     </row>
     <row r="1224" spans="1:7">
       <c r="A1224" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1224">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="C1224" t="s">
         <v>1978</v>
       </c>
       <c r="D1224">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1224" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1224" t="s">
-        <v>17</v>
+        <v>343</v>
       </c>
       <c r="G1224" t="s">
-        <v>931</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1225" spans="1:7">
       <c r="A1225" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1225">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="C1225" t="s">
         <v>1979</v>
       </c>
       <c r="D1225">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1225" t="s">
         <v>39</v>
       </c>
       <c r="F1225" t="s">
-        <v>343</v>
+        <v>576</v>
       </c>
       <c r="G1225" t="s">
-        <v>65</v>
+        <v>930</v>
       </c>
     </row>
     <row r="1226" spans="1:7">
       <c r="A1226" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1226">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="C1226" t="s">
         <v>1980</v>
       </c>
       <c r="D1226">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1226" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F1226" t="s">
-        <v>577</v>
+        <v>382</v>
       </c>
       <c r="G1226" t="s">
-        <v>931</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="1227" spans="1:7">
       <c r="A1227" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1227">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="C1227" t="s">
         <v>1981</v>
       </c>
       <c r="D1227">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1227" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1227" t="s">
-        <v>382</v>
+        <v>445</v>
       </c>
       <c r="G1227" t="s">
-        <v>1975</v>
+        <v>930</v>
       </c>
     </row>
     <row r="1228" spans="1:7">
       <c r="A1228" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1228">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="C1228" t="s">
         <v>1982</v>
       </c>
       <c r="D1228">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E1228" t="s">
         <v>9</v>
       </c>
       <c r="F1228" t="s">
-        <v>445</v>
+        <v>1983</v>
       </c>
       <c r="G1228" t="s">
-        <v>931</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1229" spans="1:7">
       <c r="A1229" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1229">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1229" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="D1229">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="E1229" t="s">
         <v>9</v>
       </c>
       <c r="F1229" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="G1229" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1230" spans="1:7">
       <c r="A1230" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1230">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="C1230" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="D1230">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="E1230" t="s">
         <v>9</v>
       </c>
       <c r="F1230" t="s">
-        <v>1986</v>
+        <v>17</v>
       </c>
       <c r="G1230" t="s">
-        <v>65</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="1231" spans="1:7">
       <c r="A1231" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1231">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1231" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="D1231">
         <v>4</v>
       </c>
       <c r="E1231" t="s">
         <v>9</v>
       </c>
       <c r="F1231" t="s">
-        <v>17</v>
+        <v>445</v>
       </c>
       <c r="G1231" t="s">
-        <v>1988</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="1232" spans="1:7">
       <c r="A1232" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1232">
         <v>2021</v>
       </c>
       <c r="C1232" t="s">
         <v>1989</v>
       </c>
       <c r="D1232">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E1232" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1232" t="s">
-        <v>445</v>
+        <v>1990</v>
       </c>
       <c r="G1232" t="s">
-        <v>1988</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="1233" spans="1:7">
       <c r="A1233" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1233">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="C1233" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="D1233">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1233" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F1233" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="G1233" t="s">
-        <v>1988</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="1234" spans="1:7">
       <c r="A1234" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1234">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="C1234" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="D1234">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E1234" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1234" t="s">
-        <v>1993</v>
+        <v>165</v>
       </c>
       <c r="G1234" t="s">
-        <v>1381</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="1235" spans="1:7">
       <c r="A1235" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1235">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="C1235" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="D1235">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E1235" t="s">
         <v>9</v>
       </c>
       <c r="F1235" t="s">
-        <v>165</v>
+        <v>300</v>
       </c>
       <c r="G1235" t="s">
-        <v>1995</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="1236" spans="1:7">
       <c r="A1236" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1236">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C1236" t="s">
         <v>1996</v>
       </c>
       <c r="D1236">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E1236" t="s">
         <v>9</v>
       </c>
       <c r="F1236" t="s">
-        <v>300</v>
+        <v>67</v>
       </c>
       <c r="G1236" t="s">
-        <v>1364</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="1237" spans="1:7">
       <c r="A1237" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1237">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="C1237" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="D1237">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="E1237" t="s">
         <v>9</v>
       </c>
       <c r="F1237" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="G1237" t="s">
-        <v>1998</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1238" spans="1:7">
       <c r="A1238" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1238">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1238" t="s">
         <v>1999</v>
       </c>
       <c r="D1238">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="E1238" t="s">
         <v>9</v>
       </c>
       <c r="F1238" t="s">
-        <v>58</v>
+        <v>688</v>
       </c>
       <c r="G1238" t="s">
-        <v>18</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="1239" spans="1:7">
       <c r="A1239" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1239">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1239" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="D1239">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="E1239" t="s">
         <v>9</v>
       </c>
       <c r="F1239" t="s">
-        <v>689</v>
+        <v>409</v>
       </c>
       <c r="G1239" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="1240" spans="1:7">
       <c r="A1240" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1240">
         <v>2018</v>
       </c>
       <c r="C1240" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="D1240">
         <v>3</v>
       </c>
       <c r="E1240" t="s">
         <v>9</v>
       </c>
       <c r="F1240" t="s">
-        <v>409</v>
+        <v>95</v>
       </c>
       <c r="G1240" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="1241" spans="1:7">
       <c r="A1241" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1241">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="C1241" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="D1241">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E1241" t="s">
         <v>9</v>
       </c>
       <c r="F1241" t="s">
-        <v>95</v>
+        <v>409</v>
       </c>
       <c r="G1241" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="1242" spans="1:7">
       <c r="A1242" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1242">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="C1242" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D1242">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E1242" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1242" t="s">
-        <v>409</v>
+        <v>2008</v>
       </c>
       <c r="G1242" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="1243" spans="1:7">
       <c r="A1243" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1243">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="C1243" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="D1243">
         <v>1</v>
       </c>
       <c r="E1243" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1243" t="s">
-        <v>2009</v>
+        <v>409</v>
       </c>
       <c r="G1243" t="s">
-        <v>2010</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1244" spans="1:7">
       <c r="A1244" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1244">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C1244" t="s">
         <v>2011</v>
       </c>
       <c r="D1244">
         <v>1</v>
       </c>
       <c r="E1244" t="s">
         <v>9</v>
       </c>
       <c r="F1244" t="s">
-        <v>409</v>
+        <v>192</v>
       </c>
       <c r="G1244" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1245" spans="1:7">
       <c r="A1245" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1245">
-        <v>2006</v>
+        <v>2019</v>
       </c>
       <c r="C1245" t="s">
         <v>2012</v>
       </c>
       <c r="D1245">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1245" t="s">
         <v>9</v>
       </c>
       <c r="F1245" t="s">
-        <v>192</v>
+        <v>10</v>
       </c>
       <c r="G1245" t="s">
-        <v>190</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="1246" spans="1:7">
       <c r="A1246" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1246">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="C1246" t="s">
         <v>2013</v>
       </c>
       <c r="D1246">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1246" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1246" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="G1246"/>
     </row>
     <row r="1247" spans="1:7">
       <c r="A1247" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1247">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="C1247" t="s">
         <v>2014</v>
       </c>
       <c r="D1247">
         <v>1</v>
       </c>
       <c r="E1247" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F1247" t="s">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="G1247"/>
+        <v>2015</v>
+      </c>
+      <c r="G1247" t="s">
+        <v>2016</v>
+      </c>
     </row>
     <row r="1248" spans="1:7">
       <c r="A1248" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1248">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="C1248" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="D1248">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1248" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1248" t="s">
-        <v>2016</v>
+        <v>196</v>
       </c>
       <c r="G1248" t="s">
-        <v>2017</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="1249" spans="1:7">
       <c r="A1249" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1249">
         <v>2008</v>
       </c>
       <c r="C1249" t="s">
         <v>2018</v>
       </c>
       <c r="D1249">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E1249" t="s">
         <v>9</v>
       </c>
       <c r="F1249" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="G1249" t="s">
-        <v>1792</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="1250" spans="1:7">
       <c r="A1250" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1250">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1250" t="s">
         <v>2019</v>
       </c>
       <c r="D1250">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1250" t="s">
         <v>9</v>
       </c>
       <c r="F1250" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="G1250" t="s">
-        <v>1792</v>
+        <v>846</v>
       </c>
     </row>
     <row r="1251" spans="1:7">
       <c r="A1251" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1251">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="C1251" t="s">
         <v>2020</v>
       </c>
       <c r="D1251">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1251" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F1251" t="s">
-        <v>196</v>
+        <v>294</v>
       </c>
       <c r="G1251" t="s">
-        <v>847</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1252" spans="1:7">
       <c r="A1252" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1252">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="C1252" t="s">
         <v>2021</v>
       </c>
       <c r="D1252">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E1252" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1252" t="s">
-        <v>294</v>
+        <v>55</v>
       </c>
       <c r="G1252" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1253" spans="1:7">
       <c r="A1253" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1253">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="C1253" t="s">
         <v>2022</v>
       </c>
       <c r="D1253">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E1253" t="s">
-        <v>9</v>
+        <v>569</v>
       </c>
       <c r="F1253" t="s">
-        <v>55</v>
+        <v>125</v>
       </c>
       <c r="G1253" t="s">
-        <v>93</v>
+        <v>626</v>
       </c>
     </row>
     <row r="1254" spans="1:7">
       <c r="A1254" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1254">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="C1254" t="s">
         <v>2023</v>
       </c>
       <c r="D1254">
         <v>1</v>
       </c>
       <c r="E1254" t="s">
-        <v>570</v>
+        <v>39</v>
       </c>
       <c r="F1254" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="G1254" t="s">
-        <v>627</v>
+        <v>808</v>
       </c>
     </row>
     <row r="1255" spans="1:7">
       <c r="A1255" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1255">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1255" t="s">
         <v>2024</v>
       </c>
       <c r="D1255">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1255" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F1255" t="s">
-        <v>31</v>
+        <v>324</v>
       </c>
       <c r="G1255" t="s">
-        <v>809</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1256" spans="1:7">
       <c r="A1256" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1256">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="C1256" t="s">
         <v>2025</v>
       </c>
       <c r="D1256">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E1256" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1256" t="s">
-        <v>324</v>
+        <v>300</v>
       </c>
       <c r="G1256" t="s">
-        <v>93</v>
+        <v>992</v>
       </c>
     </row>
     <row r="1257" spans="1:7">
       <c r="A1257" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1257">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="C1257" t="s">
         <v>2026</v>
       </c>
       <c r="D1257">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E1257" t="s">
-        <v>9</v>
+        <v>481</v>
       </c>
       <c r="F1257" t="s">
-        <v>300</v>
+        <v>31</v>
       </c>
       <c r="G1257" t="s">
-        <v>993</v>
+        <v>808</v>
       </c>
     </row>
     <row r="1258" spans="1:7">
       <c r="A1258" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1258">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="C1258" t="s">
         <v>2027</v>
       </c>
       <c r="D1258">
         <v>1</v>
       </c>
       <c r="E1258" t="s">
         <v>481</v>
       </c>
       <c r="F1258" t="s">
         <v>31</v>
       </c>
       <c r="G1258" t="s">
-        <v>809</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1259" spans="1:7">
       <c r="A1259" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1259">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="C1259" t="s">
         <v>2028</v>
       </c>
       <c r="D1259">
         <v>1</v>
       </c>
       <c r="E1259" t="s">
-        <v>481</v>
+        <v>9</v>
       </c>
       <c r="F1259" t="s">
-        <v>31</v>
+        <v>688</v>
       </c>
       <c r="G1259" t="s">
-        <v>93</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1260" spans="1:7">
       <c r="A1260" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1260">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="C1260" t="s">
         <v>2029</v>
       </c>
       <c r="D1260">
         <v>1</v>
       </c>
       <c r="E1260" t="s">
         <v>9</v>
       </c>
       <c r="F1260" t="s">
-        <v>689</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="G1260"/>
     </row>
     <row r="1261" spans="1:7">
       <c r="A1261" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1261">
-        <v>2015</v>
+        <v>2001</v>
       </c>
       <c r="C1261" t="s">
         <v>2030</v>
       </c>
       <c r="D1261">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E1261" t="s">
         <v>9</v>
       </c>
       <c r="F1261" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="G1261"/>
+        <v>300</v>
+      </c>
+      <c r="G1261" t="s">
+        <v>246</v>
+      </c>
     </row>
     <row r="1262" spans="1:7">
       <c r="A1262" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1262">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="C1262" t="s">
         <v>2031</v>
       </c>
       <c r="D1262">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E1262" t="s">
         <v>9</v>
       </c>
       <c r="F1262" t="s">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="G1262" t="s">
-        <v>246</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="1263" spans="1:7">
       <c r="A1263" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1263">
         <v>1996</v>
       </c>
       <c r="C1263" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D1263">
+        <v>2</v>
+      </c>
+      <c r="E1263" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1263" t="s">
+        <v>257</v>
+      </c>
+      <c r="G1263" t="s">
         <v>2032</v>
-      </c>
-[...10 lines deleted...]
-        <v>2033</v>
       </c>
     </row>
     <row r="1264" spans="1:7">
       <c r="A1264" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1264">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="C1264" t="s">
         <v>2034</v>
       </c>
       <c r="D1264">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E1264" t="s">
         <v>9</v>
       </c>
       <c r="F1264" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G1264"/>
     </row>
     <row r="1265" spans="1:7">
       <c r="A1265" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1265">
         <v>2000</v>
       </c>
       <c r="C1265" t="s">
         <v>2035</v>
       </c>
       <c r="D1265">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E1265" t="s">
         <v>9</v>
       </c>
       <c r="F1265" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="G1265"/>
     </row>
     <row r="1266" spans="1:7">
       <c r="A1266" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1266">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="C1266" t="s">
         <v>2036</v>
       </c>
       <c r="D1266">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1266" t="s">
         <v>9</v>
       </c>
       <c r="F1266" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G1266"/>
+        <v>866</v>
+      </c>
+      <c r="G1266" t="s">
+        <v>1287</v>
+      </c>
     </row>
     <row r="1267" spans="1:7">
       <c r="A1267" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1267">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C1267" t="s">
         <v>2037</v>
       </c>
       <c r="D1267">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E1267" t="s">
         <v>9</v>
       </c>
       <c r="F1267" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="G1267" t="s">
-        <v>1288</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="1268" spans="1:7">
       <c r="A1268" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1268">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C1268" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="D1268">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E1268" t="s">
         <v>9</v>
       </c>
       <c r="F1268" t="s">
-        <v>867</v>
+        <v>245</v>
       </c>
       <c r="G1268" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="1269" spans="1:7">
       <c r="A1269" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1269">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="C1269" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="D1269">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E1269" t="s">
         <v>9</v>
       </c>
       <c r="F1269" t="s">
         <v>245</v>
       </c>
       <c r="G1269" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="1270" spans="1:7">
       <c r="A1270" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1270">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="C1270" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="D1270">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E1270" t="s">
         <v>9</v>
       </c>
       <c r="F1270" t="s">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="G1270" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="1271" spans="1:7">
       <c r="A1271" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1271">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C1271" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="D1271">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E1271" t="s">
         <v>9</v>
       </c>
       <c r="F1271" t="s">
-        <v>257</v>
+        <v>1617</v>
       </c>
       <c r="G1271" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="1272" spans="1:7">
       <c r="A1272" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1272">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C1272" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="D1272">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E1272" t="s">
         <v>9</v>
       </c>
       <c r="F1272" t="s">
-        <v>1618</v>
+        <v>245</v>
       </c>
       <c r="G1272" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="1273" spans="1:7">
       <c r="A1273" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1273">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1273" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="D1273">
         <v>5</v>
       </c>
       <c r="E1273" t="s">
         <v>9</v>
       </c>
       <c r="F1273" t="s">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="G1273" t="s">
-        <v>2049</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="1274" spans="1:7">
       <c r="A1274" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1274">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C1274" t="s">
         <v>2050</v>
       </c>
       <c r="D1274">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E1274" t="s">
         <v>9</v>
       </c>
       <c r="F1274" t="s">
-        <v>257</v>
+        <v>10</v>
       </c>
       <c r="G1274" t="s">
-        <v>1244</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="1275" spans="1:7">
       <c r="A1275" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1275">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C1275" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="D1275">
         <v>4</v>
       </c>
       <c r="E1275" t="s">
         <v>9</v>
       </c>
       <c r="F1275" t="s">
-        <v>10</v>
+        <v>245</v>
       </c>
       <c r="G1275" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="1276" spans="1:7">
       <c r="A1276" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1276">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1276" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="D1276">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E1276" t="s">
         <v>9</v>
       </c>
       <c r="F1276" t="s">
-        <v>245</v>
+        <v>10</v>
       </c>
       <c r="G1276" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="1277" spans="1:7">
       <c r="A1277" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1277">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1277" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="D1277">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E1277" t="s">
         <v>9</v>
       </c>
       <c r="F1277" t="s">
         <v>10</v>
       </c>
       <c r="G1277" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="1278" spans="1:7">
       <c r="A1278" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1278">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1278" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="D1278">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E1278" t="s">
         <v>9</v>
       </c>
       <c r="F1278" t="s">
-        <v>10</v>
+        <v>1342</v>
       </c>
       <c r="G1278" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="1279" spans="1:7">
       <c r="A1279" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1279">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="C1279" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="D1279">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="E1279" t="s">
         <v>9</v>
       </c>
       <c r="F1279" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="G1279" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="1280" spans="1:7">
       <c r="A1280" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1280">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1280" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="D1280">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="E1280" t="s">
         <v>9</v>
       </c>
       <c r="F1280" t="s">
-        <v>1347</v>
+        <v>2063</v>
       </c>
       <c r="G1280" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="1281" spans="1:7">
       <c r="A1281" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1281">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="C1281" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="D1281">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1281" t="s">
-        <v>9</v>
+        <v>381</v>
       </c>
       <c r="F1281" t="s">
-        <v>2064</v>
+        <v>125</v>
       </c>
       <c r="G1281" t="s">
-        <v>2065</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="1282" spans="1:7">
       <c r="A1282" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1282">
-        <v>2016</v>
+        <v>1994</v>
       </c>
       <c r="C1282" t="s">
         <v>2066</v>
       </c>
       <c r="D1282">
         <v>1</v>
       </c>
       <c r="E1282" t="s">
-        <v>381</v>
+        <v>42</v>
       </c>
       <c r="F1282" t="s">
-        <v>125</v>
+        <v>382</v>
       </c>
       <c r="G1282" t="s">
-        <v>2058</v>
+        <v>246</v>
       </c>
     </row>
     <row r="1283" spans="1:7">
       <c r="A1283" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1283">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="C1283" t="s">
         <v>2067</v>
       </c>
       <c r="D1283">
         <v>1</v>
       </c>
       <c r="E1283" t="s">
         <v>42</v>
       </c>
       <c r="F1283" t="s">
-        <v>382</v>
-[...3 lines deleted...]
-      </c>
+        <v>1281</v>
+      </c>
+      <c r="G1283"/>
     </row>
     <row r="1284" spans="1:7">
       <c r="A1284" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1284">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="C1284" t="s">
         <v>2068</v>
       </c>
       <c r="D1284">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1284" t="s">
         <v>42</v>
       </c>
       <c r="F1284" t="s">
-        <v>1282</v>
-[...1 lines deleted...]
-      <c r="G1284"/>
+        <v>125</v>
+      </c>
+      <c r="G1284" t="s">
+        <v>2038</v>
+      </c>
     </row>
     <row r="1285" spans="1:7">
       <c r="A1285" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1285">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="C1285" t="s">
         <v>2069</v>
       </c>
       <c r="D1285">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E1285" t="s">
         <v>42</v>
       </c>
       <c r="F1285" t="s">
         <v>125</v>
       </c>
       <c r="G1285" t="s">
-        <v>2039</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="1286" spans="1:7">
       <c r="A1286" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1286">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="C1286" t="s">
         <v>2070</v>
       </c>
       <c r="D1286">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1286" t="s">
         <v>42</v>
       </c>
       <c r="F1286" t="s">
         <v>125</v>
       </c>
       <c r="G1286" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="1287" spans="1:7">
       <c r="A1287" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1287">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="C1287" t="s">
         <v>2071</v>
       </c>
       <c r="D1287">
         <v>1</v>
       </c>
       <c r="E1287" t="s">
         <v>42</v>
       </c>
       <c r="F1287" t="s">
         <v>125</v>
       </c>
       <c r="G1287" t="s">
-        <v>2045</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="1288" spans="1:7">
       <c r="A1288" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1288">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1288" t="s">
         <v>2072</v>
       </c>
       <c r="D1288">
         <v>1</v>
       </c>
       <c r="E1288" t="s">
         <v>42</v>
       </c>
       <c r="F1288" t="s">
-        <v>125</v>
+        <v>834</v>
       </c>
       <c r="G1288" t="s">
-        <v>1388</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="1289" spans="1:7">
       <c r="A1289" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1289">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1289" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="D1289">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1289" t="s">
         <v>42</v>
       </c>
       <c r="F1289" t="s">
-        <v>835</v>
+        <v>125</v>
       </c>
       <c r="G1289" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="1290" spans="1:7">
       <c r="A1290" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1290">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C1290" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="D1290">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E1290" t="s">
         <v>42</v>
       </c>
       <c r="F1290" t="s">
-        <v>125</v>
+        <v>1281</v>
       </c>
       <c r="G1290" t="s">
-        <v>2076</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="1291" spans="1:7">
       <c r="A1291" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1291">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1291" t="s">
         <v>2077</v>
       </c>
       <c r="D1291">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E1291" t="s">
         <v>42</v>
       </c>
       <c r="F1291" t="s">
-        <v>1282</v>
+        <v>125</v>
       </c>
       <c r="G1291" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="1292" spans="1:7">
       <c r="A1292" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1292">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1292" t="s">
         <v>2078</v>
       </c>
       <c r="D1292">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E1292" t="s">
         <v>42</v>
       </c>
       <c r="F1292" t="s">
         <v>125</v>
       </c>
       <c r="G1292" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="1293" spans="1:7">
       <c r="A1293" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1293">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1293" t="s">
         <v>2079</v>
       </c>
       <c r="D1293">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E1293" t="s">
         <v>42</v>
       </c>
       <c r="F1293" t="s">
-        <v>125</v>
+        <v>402</v>
       </c>
       <c r="G1293" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="1294" spans="1:7">
       <c r="A1294" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1294">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C1294" t="s">
         <v>2080</v>
       </c>
       <c r="D1294">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E1294" t="s">
         <v>42</v>
       </c>
       <c r="F1294" t="s">
-        <v>402</v>
+        <v>1057</v>
       </c>
       <c r="G1294" t="s">
-        <v>2060</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="1295" spans="1:7">
       <c r="A1295" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1295">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1295" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="D1295">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="E1295" t="s">
         <v>42</v>
       </c>
       <c r="F1295" t="s">
-        <v>1058</v>
+        <v>675</v>
       </c>
       <c r="G1295" t="s">
-        <v>2082</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="1296" spans="1:7">
       <c r="A1296" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1296">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C1296" t="s">
         <v>2083</v>
       </c>
       <c r="D1296">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="E1296" t="s">
         <v>42</v>
       </c>
       <c r="F1296" t="s">
-        <v>676</v>
+        <v>343</v>
       </c>
       <c r="G1296" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="1297" spans="1:7">
       <c r="A1297" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1297">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="C1297" t="s">
         <v>2084</v>
       </c>
       <c r="D1297">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1297" t="s">
         <v>42</v>
       </c>
       <c r="F1297" t="s">
-        <v>343</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="G1297"/>
     </row>
     <row r="1298" spans="1:7">
       <c r="A1298" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1298">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="C1298" t="s">
         <v>2085</v>
       </c>
       <c r="D1298">
         <v>1</v>
       </c>
       <c r="E1298" t="s">
         <v>42</v>
       </c>
       <c r="F1298" t="s">
         <v>34</v>
       </c>
       <c r="G1298"/>
     </row>
     <row r="1299" spans="1:7">
       <c r="A1299" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1299">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="C1299" t="s">
         <v>2086</v>
       </c>
       <c r="D1299">
         <v>1</v>
       </c>
       <c r="E1299" t="s">
         <v>42</v>
       </c>
       <c r="F1299" t="s">
         <v>34</v>
       </c>
       <c r="G1299"/>
     </row>
     <row r="1300" spans="1:7">
       <c r="A1300" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1300">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="C1300" t="s">
         <v>2087</v>
       </c>
       <c r="D1300">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1300" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1300" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G1300"/>
+        <v>82</v>
+      </c>
+      <c r="G1300" t="s">
+        <v>1017</v>
+      </c>
     </row>
     <row r="1301" spans="1:7">
       <c r="A1301" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1301">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="C1301" t="s">
         <v>2088</v>
       </c>
       <c r="D1301">
         <v>2</v>
       </c>
       <c r="E1301" t="s">
         <v>9</v>
       </c>
       <c r="F1301" t="s">
-        <v>82</v>
+        <v>165</v>
       </c>
       <c r="G1301" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="1302" spans="1:7">
       <c r="A1302" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1302">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1302" t="s">
         <v>2089</v>
       </c>
       <c r="D1302">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E1302" t="s">
         <v>9</v>
       </c>
       <c r="F1302" t="s">
-        <v>165</v>
+        <v>95</v>
       </c>
       <c r="G1302" t="s">
-        <v>1018</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="1303" spans="1:7">
       <c r="A1303" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1303">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="C1303" t="s">
         <v>2090</v>
       </c>
       <c r="D1303">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E1303" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1303" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="G1303" t="s">
-        <v>1306</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="1304" spans="1:7">
       <c r="A1304" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1304">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="C1304" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="D1304">
         <v>1</v>
       </c>
       <c r="E1304" t="s">
         <v>28</v>
       </c>
       <c r="F1304" t="s">
-        <v>43</v>
+        <v>240</v>
       </c>
       <c r="G1304" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="1305" spans="1:7">
       <c r="A1305" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1305">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="C1305" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="D1305">
         <v>1</v>
       </c>
       <c r="E1305" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F1305" t="s">
-        <v>240</v>
+        <v>34</v>
       </c>
       <c r="G1305" t="s">
-        <v>2094</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="1306" spans="1:7">
       <c r="A1306" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1306">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="C1306" t="s">
         <v>2095</v>
       </c>
       <c r="D1306">
         <v>1</v>
       </c>
       <c r="E1306" t="s">
         <v>39</v>
       </c>
       <c r="F1306" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G1306" t="s">
-        <v>1306</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="1307" spans="1:7">
       <c r="A1307" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1307">
-        <v>2018</v>
+        <v>2004</v>
       </c>
       <c r="C1307" t="s">
         <v>2096</v>
       </c>
       <c r="D1307">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1307" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1307" t="s">
-        <v>20</v>
+        <v>172</v>
       </c>
       <c r="G1307" t="s">
-        <v>1930</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="1308" spans="1:7">
       <c r="A1308" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1308">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="C1308" t="s">
         <v>2097</v>
       </c>
       <c r="D1308">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E1308" t="s">
         <v>9</v>
       </c>
       <c r="F1308" t="s">
-        <v>172</v>
+        <v>194</v>
       </c>
       <c r="G1308" t="s">
-        <v>1330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1309" spans="1:7">
       <c r="A1309" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1309">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="C1309" t="s">
         <v>2098</v>
       </c>
       <c r="D1309">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E1309" t="s">
         <v>9</v>
       </c>
       <c r="F1309" t="s">
-        <v>194</v>
+        <v>393</v>
       </c>
       <c r="G1309" t="s">
-        <v>190</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1310" spans="1:7">
       <c r="A1310" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1310">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C1310" t="s">
         <v>2099</v>
       </c>
       <c r="D1310">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E1310" t="s">
         <v>9</v>
       </c>
       <c r="F1310" t="s">
-        <v>393</v>
+        <v>194</v>
       </c>
       <c r="G1310" t="s">
-        <v>93</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="1311" spans="1:7">
       <c r="A1311" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1311">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="C1311" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="D1311">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E1311" t="s">
         <v>9</v>
       </c>
       <c r="F1311" t="s">
-        <v>194</v>
+        <v>393</v>
       </c>
       <c r="G1311" t="s">
-        <v>2101</v>
+        <v>905</v>
       </c>
     </row>
     <row r="1312" spans="1:7">
       <c r="A1312" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1312">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="C1312" t="s">
         <v>2102</v>
       </c>
       <c r="D1312">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E1312" t="s">
         <v>9</v>
       </c>
       <c r="F1312" t="s">
-        <v>393</v>
+        <v>74</v>
       </c>
       <c r="G1312" t="s">
-        <v>906</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="1313" spans="1:7">
       <c r="A1313" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1313">
-        <v>2020</v>
+        <v>2005</v>
       </c>
       <c r="C1313" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="D1313">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E1313" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1313" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="G1313" t="s">
-        <v>2104</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1314" spans="1:7">
       <c r="A1314" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1314">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C1314" t="s">
         <v>2105</v>
       </c>
       <c r="D1314">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1314" t="s">
         <v>28</v>
       </c>
       <c r="F1314" t="s">
         <v>43</v>
       </c>
       <c r="G1314" t="s">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1315" spans="1:7">
       <c r="A1315" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1315">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="C1315" t="s">
         <v>2106</v>
       </c>
       <c r="D1315">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1315" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1315" t="s">
-        <v>43</v>
+        <v>409</v>
       </c>
       <c r="G1315" t="s">
-        <v>80</v>
+        <v>808</v>
       </c>
     </row>
     <row r="1316" spans="1:7">
       <c r="A1316" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1316">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C1316" t="s">
         <v>2107</v>
       </c>
       <c r="D1316">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E1316" t="s">
         <v>9</v>
       </c>
       <c r="F1316" t="s">
-        <v>409</v>
+        <v>2108</v>
       </c>
       <c r="G1316" t="s">
-        <v>809</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="1317" spans="1:7">
       <c r="A1317" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1317">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="C1317" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
       <c r="D1317">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E1317" t="s">
         <v>9</v>
       </c>
       <c r="F1317" t="s">
-        <v>2109</v>
+        <v>982</v>
       </c>
       <c r="G1317" t="s">
-        <v>1925</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1318" spans="1:7">
       <c r="A1318" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1318">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="C1318" t="s">
         <v>2110</v>
       </c>
       <c r="D1318">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E1318" t="s">
         <v>9</v>
       </c>
       <c r="F1318" t="s">
-        <v>983</v>
+        <v>688</v>
       </c>
       <c r="G1318" t="s">
-        <v>93</v>
+        <v>246</v>
       </c>
     </row>
     <row r="1319" spans="1:7">
       <c r="A1319" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1319">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1319" t="s">
         <v>2111</v>
       </c>
       <c r="D1319">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E1319" t="s">
         <v>9</v>
       </c>
       <c r="F1319" t="s">
-        <v>689</v>
+        <v>58</v>
       </c>
       <c r="G1319" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="1320" spans="1:7">
       <c r="A1320" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1320">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="C1320" t="s">
         <v>2112</v>
       </c>
       <c r="D1320">
         <v>3</v>
       </c>
       <c r="E1320" t="s">
         <v>9</v>
       </c>
       <c r="F1320" t="s">
-        <v>58</v>
+        <v>703</v>
       </c>
       <c r="G1320" t="s">
-        <v>246</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="1321" spans="1:7">
       <c r="A1321" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1321">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="C1321" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
       <c r="D1321">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E1321" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1321" t="s">
-        <v>704</v>
+        <v>1007</v>
       </c>
       <c r="G1321" t="s">
-        <v>2114</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="1322" spans="1:7">
       <c r="A1322" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1322">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="C1322" t="s">
         <v>2115</v>
       </c>
       <c r="D1322">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E1322" t="s">
         <v>28</v>
       </c>
       <c r="F1322" t="s">
-        <v>1008</v>
+        <v>232</v>
       </c>
       <c r="G1322" t="s">
-        <v>1792</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="1323" spans="1:7">
       <c r="A1323" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1323">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C1323" t="s">
         <v>2116</v>
       </c>
       <c r="D1323">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E1323" t="s">
         <v>28</v>
       </c>
       <c r="F1323" t="s">
-        <v>232</v>
+        <v>43</v>
       </c>
       <c r="G1323" t="s">
-        <v>1792</v>
+        <v>246</v>
       </c>
     </row>
     <row r="1324" spans="1:7">
       <c r="A1324" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1324">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="C1324" t="s">
         <v>2117</v>
       </c>
       <c r="D1324">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E1324" t="s">
         <v>28</v>
       </c>
       <c r="F1324" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="G1324" t="s">
-        <v>246</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="1325" spans="1:7">
       <c r="A1325" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1325">
-        <v>2014</v>
+        <v>1985</v>
       </c>
       <c r="C1325" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="D1325">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E1325" t="s">
-        <v>28</v>
+        <v>481</v>
       </c>
       <c r="F1325" t="s">
-        <v>245</v>
+        <v>324</v>
       </c>
       <c r="G1325" t="s">
-        <v>2119</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="1326" spans="1:7">
       <c r="A1326" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1326">
-        <v>1985</v>
+        <v>1981</v>
       </c>
       <c r="C1326" t="s">
         <v>2120</v>
       </c>
       <c r="D1326">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1326" t="s">
-        <v>481</v>
+        <v>569</v>
       </c>
       <c r="F1326" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="G1326"/>
     </row>
     <row r="1327" spans="1:7">
       <c r="A1327" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1327">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="C1327" t="s">
         <v>2121</v>
       </c>
       <c r="D1327">
         <v>1</v>
       </c>
       <c r="E1327" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="F1327" t="s">
-        <v>125</v>
+        <v>675</v>
       </c>
       <c r="G1327"/>
     </row>
     <row r="1328" spans="1:7">
       <c r="A1328" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1328">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="C1328" t="s">
         <v>2122</v>
       </c>
       <c r="D1328">
         <v>1</v>
       </c>
       <c r="E1328" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="F1328" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="G1328"/>
     </row>
     <row r="1329" spans="1:7">
       <c r="A1329" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1329">
-        <v>1983</v>
+        <v>1982</v>
       </c>
       <c r="C1329" t="s">
         <v>2123</v>
       </c>
       <c r="D1329">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1329" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F1329" t="s">
-        <v>676</v>
+        <v>125</v>
       </c>
       <c r="G1329"/>
     </row>
     <row r="1330" spans="1:7">
       <c r="A1330" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1330">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="C1330" t="s">
         <v>2124</v>
       </c>
       <c r="D1330">
         <v>2</v>
       </c>
       <c r="E1330" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F1330" t="s">
         <v>125</v>
       </c>
       <c r="G1330"/>
     </row>
     <row r="1331" spans="1:7">
       <c r="A1331" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1331">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="C1331" t="s">
         <v>2125</v>
       </c>
       <c r="D1331">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1331" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F1331" t="s">
         <v>125</v>
       </c>
       <c r="G1331"/>
     </row>
     <row r="1332" spans="1:7">
       <c r="A1332" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1332">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="C1332" t="s">
         <v>2126</v>
       </c>
       <c r="D1332">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1332" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F1332" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="G1332"/>
+        <v>129</v>
+      </c>
+      <c r="G1332" t="s">
+        <v>1287</v>
+      </c>
     </row>
     <row r="1333" spans="1:7">
       <c r="A1333" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1333">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="C1333" t="s">
         <v>2127</v>
       </c>
       <c r="D1333">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1333" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F1333" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G1333" t="s">
-        <v>1288</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1334" spans="1:7">
       <c r="A1334" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1334">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="C1334" t="s">
         <v>2128</v>
       </c>
       <c r="D1334">
         <v>1</v>
       </c>
       <c r="E1334" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F1334" t="s">
         <v>125</v>
       </c>
-      <c r="G1334" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G1334"/>
     </row>
     <row r="1335" spans="1:7">
       <c r="A1335" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1335">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="C1335" t="s">
         <v>2129</v>
       </c>
       <c r="D1335">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1335" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F1335" t="s">
-        <v>125</v>
+        <v>324</v>
       </c>
       <c r="G1335"/>
     </row>
     <row r="1336" spans="1:7">
       <c r="A1336" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1336">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="C1336" t="s">
         <v>2130</v>
       </c>
       <c r="D1336">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1336" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="F1336" t="s">
-        <v>324</v>
+        <v>226</v>
       </c>
       <c r="G1336"/>
     </row>
     <row r="1337" spans="1:7">
       <c r="A1337" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1337">
-        <v>1991</v>
+        <v>2001</v>
       </c>
       <c r="C1337" t="s">
         <v>2131</v>
       </c>
       <c r="D1337">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1337" t="s">
-        <v>572</v>
+        <v>9</v>
       </c>
       <c r="F1337" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="G1337"/>
+        <v>616</v>
+      </c>
+      <c r="G1337" t="s">
+        <v>1443</v>
+      </c>
     </row>
     <row r="1338" spans="1:7">
       <c r="A1338" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1338">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="C1338" t="s">
         <v>2132</v>
       </c>
       <c r="D1338">
-        <v>2</v>
+        <v>34</v>
       </c>
       <c r="E1338" t="s">
         <v>9</v>
       </c>
       <c r="F1338" t="s">
-        <v>617</v>
+        <v>82</v>
       </c>
       <c r="G1338" t="s">
-        <v>1444</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="1339" spans="1:7">
       <c r="A1339" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1339">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="C1339" t="s">
         <v>2133</v>
       </c>
       <c r="D1339">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="E1339" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1339" t="s">
-        <v>82</v>
+        <v>240</v>
       </c>
       <c r="G1339" t="s">
-        <v>1026</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="1340" spans="1:7">
       <c r="A1340" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1340">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C1340" t="s">
         <v>2134</v>
       </c>
       <c r="D1340">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E1340" t="s">
         <v>28</v>
       </c>
       <c r="F1340" t="s">
-        <v>240</v>
+        <v>2135</v>
       </c>
       <c r="G1340" t="s">
-        <v>1444</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1341" spans="1:7">
       <c r="A1341" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1341">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="C1341" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="D1341">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E1341" t="s">
         <v>28</v>
       </c>
       <c r="F1341" t="s">
-        <v>2136</v>
+        <v>10</v>
       </c>
       <c r="G1341" t="s">
-        <v>65</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="1342" spans="1:7">
       <c r="A1342" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1342">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="C1342" t="s">
         <v>2137</v>
       </c>
       <c r="D1342">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1342" t="s">
         <v>28</v>
       </c>
       <c r="F1342" t="s">
         <v>10</v>
       </c>
       <c r="G1342" t="s">
-        <v>1824</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1343" spans="1:7">
       <c r="A1343" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1343">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="C1343" t="s">
         <v>2138</v>
       </c>
       <c r="D1343">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E1343" t="s">
         <v>28</v>
       </c>
       <c r="F1343" t="s">
         <v>10</v>
       </c>
       <c r="G1343" t="s">
-        <v>149</v>
+        <v>397</v>
       </c>
     </row>
     <row r="1344" spans="1:7">
       <c r="A1344" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1344">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="C1344" t="s">
         <v>2139</v>
       </c>
       <c r="D1344">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E1344" t="s">
         <v>28</v>
       </c>
       <c r="F1344" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
       <c r="G1344" t="s">
-        <v>397</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="1345" spans="1:7">
       <c r="A1345" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1345">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="C1345" t="s">
         <v>2140</v>
       </c>
       <c r="D1345">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E1345" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F1345" t="s">
-        <v>114</v>
+        <v>40</v>
       </c>
       <c r="G1345" t="s">
-        <v>1487</v>
+        <v>397</v>
       </c>
     </row>
     <row r="1346" spans="1:7">
       <c r="A1346" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1346">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="C1346" t="s">
         <v>2141</v>
       </c>
       <c r="D1346">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1346" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1346" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="G1346" t="s">
-        <v>397</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1347" spans="1:7">
       <c r="A1347" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1347">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="C1347" t="s">
         <v>2142</v>
       </c>
       <c r="D1347">
         <v>1</v>
       </c>
       <c r="E1347" t="s">
-        <v>9</v>
+        <v>571</v>
       </c>
       <c r="F1347" t="s">
-        <v>10</v>
+        <v>493</v>
       </c>
       <c r="G1347" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1348" spans="1:7">
       <c r="A1348" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1348">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1348" t="s">
         <v>2143</v>
       </c>
       <c r="D1348">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1348" t="s">
-        <v>572</v>
+        <v>9</v>
       </c>
       <c r="F1348" t="s">
-        <v>493</v>
+        <v>393</v>
       </c>
       <c r="G1348" t="s">
-        <v>65</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="1349" spans="1:7">
       <c r="A1349" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1349">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C1349" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="D1349">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E1349" t="s">
         <v>9</v>
       </c>
       <c r="F1349" t="s">
         <v>393</v>
       </c>
       <c r="G1349" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="1350" spans="1:7">
       <c r="A1350" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1350">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1350" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="D1350">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E1350" t="s">
         <v>9</v>
       </c>
       <c r="F1350" t="s">
-        <v>393</v>
+        <v>165</v>
       </c>
       <c r="G1350" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="1351" spans="1:7">
       <c r="A1351" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1351">
-        <v>2020</v>
+        <v>2005</v>
       </c>
       <c r="C1351" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
       <c r="D1351">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E1351" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1351" t="s">
-        <v>165</v>
+        <v>402</v>
       </c>
       <c r="G1351" t="s">
-        <v>2149</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="1352" spans="1:7">
       <c r="A1352" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1352">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="C1352" t="s">
         <v>2150</v>
       </c>
       <c r="D1352">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1352" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F1352" t="s">
-        <v>402</v>
+        <v>662</v>
       </c>
       <c r="G1352" t="s">
-        <v>1045</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="1353" spans="1:7">
       <c r="A1353" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1353">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C1353" t="s">
         <v>2151</v>
       </c>
       <c r="D1353">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E1353" t="s">
         <v>28</v>
       </c>
       <c r="F1353" t="s">
-        <v>663</v>
+        <v>186</v>
       </c>
       <c r="G1353" t="s">
-        <v>2056</v>
+        <v>522</v>
       </c>
     </row>
     <row r="1354" spans="1:7">
       <c r="A1354" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1354">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1354" t="s">
         <v>2152</v>
       </c>
       <c r="D1354">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E1354" t="s">
         <v>28</v>
       </c>
       <c r="F1354" t="s">
-        <v>186</v>
+        <v>1155</v>
       </c>
       <c r="G1354" t="s">
-        <v>522</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1355" spans="1:7">
       <c r="A1355" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1355">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="C1355" t="s">
         <v>2153</v>
       </c>
       <c r="D1355">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E1355" t="s">
         <v>28</v>
       </c>
       <c r="F1355" t="s">
-        <v>1156</v>
+        <v>232</v>
       </c>
       <c r="G1355" t="s">
-        <v>631</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="1356" spans="1:7">
       <c r="A1356" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1356">
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="C1356" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="D1356">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="E1356" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1356" t="s">
-        <v>232</v>
+        <v>64</v>
       </c>
       <c r="G1356" t="s">
-        <v>2155</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1357" spans="1:7">
       <c r="A1357" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1357">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="C1357" t="s">
         <v>2156</v>
       </c>
       <c r="D1357">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E1357" t="s">
         <v>9</v>
       </c>
       <c r="F1357" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G1357" t="s">
-        <v>861</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1358" spans="1:7">
       <c r="A1358" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1358">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="C1358" t="s">
         <v>2157</v>
       </c>
       <c r="D1358">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E1358" t="s">
         <v>9</v>
       </c>
       <c r="F1358" t="s">
-        <v>79</v>
+        <v>203</v>
       </c>
       <c r="G1358" t="s">
-        <v>961</v>
+        <v>846</v>
       </c>
     </row>
     <row r="1359" spans="1:7">
       <c r="A1359" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1359">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="C1359" t="s">
         <v>2158</v>
       </c>
       <c r="D1359">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="E1359" t="s">
         <v>9</v>
       </c>
       <c r="F1359" t="s">
-        <v>203</v>
+        <v>82</v>
       </c>
       <c r="G1359" t="s">
-        <v>847</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="1360" spans="1:7">
       <c r="A1360" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1360">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1360" t="s">
         <v>2159</v>
       </c>
       <c r="D1360">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E1360" t="s">
         <v>9</v>
       </c>
       <c r="F1360" t="s">
         <v>82</v>
       </c>
       <c r="G1360" t="s">
-        <v>1925</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1361" spans="1:7">
       <c r="A1361" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1361">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="C1361" t="s">
         <v>2160</v>
       </c>
       <c r="D1361">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E1361" t="s">
         <v>9</v>
       </c>
       <c r="F1361" t="s">
-        <v>82</v>
+        <v>194</v>
       </c>
       <c r="G1361" t="s">
-        <v>93</v>
+        <v>846</v>
       </c>
     </row>
     <row r="1362" spans="1:7">
       <c r="A1362" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1362">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1362" t="s">
         <v>2161</v>
       </c>
       <c r="D1362">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="E1362" t="s">
         <v>9</v>
       </c>
       <c r="F1362" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="G1362" t="s">
-        <v>847</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1363" spans="1:7">
       <c r="A1363" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1363">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="C1363" t="s">
         <v>2162</v>
       </c>
       <c r="D1363">
         <v>5</v>
       </c>
       <c r="E1363" t="s">
         <v>9</v>
       </c>
       <c r="F1363" t="s">
-        <v>172</v>
+        <v>409</v>
       </c>
       <c r="G1363" t="s">
-        <v>190</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="1364" spans="1:7">
       <c r="A1364" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1364">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="C1364" t="s">
         <v>2163</v>
       </c>
       <c r="D1364">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E1364" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1364" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="G1364" t="s">
-        <v>1834</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="1365" spans="1:7">
       <c r="A1365" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1365">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1365" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="D1365">
         <v>1</v>
       </c>
       <c r="E1365" t="s">
         <v>28</v>
       </c>
       <c r="F1365" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="G1365" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="1366" spans="1:7">
       <c r="A1366" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1366">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="C1366" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="D1366">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1366" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1366" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="G1366" t="s">
-        <v>2167</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1367" spans="1:7">
       <c r="A1367" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1367">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="C1367" t="s">
         <v>2168</v>
       </c>
       <c r="D1367">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1367" t="s">
         <v>9</v>
       </c>
       <c r="F1367" t="s">
         <v>74</v>
       </c>
       <c r="G1367" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1368" spans="1:7">
       <c r="A1368" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1368">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1368" t="s">
         <v>2169</v>
       </c>
       <c r="D1368">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1368" t="s">
         <v>9</v>
       </c>
       <c r="F1368" t="s">
-        <v>74</v>
+        <v>300</v>
       </c>
       <c r="G1368" t="s">
-        <v>93</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="1369" spans="1:7">
       <c r="A1369" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1369">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="C1369" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="D1369">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E1369" t="s">
         <v>9</v>
       </c>
       <c r="F1369" t="s">
-        <v>300</v>
+        <v>131</v>
       </c>
       <c r="G1369" t="s">
-        <v>2171</v>
+        <v>962</v>
       </c>
     </row>
     <row r="1370" spans="1:7">
       <c r="A1370" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1370">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="C1370" t="s">
         <v>2172</v>
       </c>
       <c r="D1370">
         <v>2</v>
       </c>
       <c r="E1370" t="s">
         <v>9</v>
       </c>
       <c r="F1370" t="s">
         <v>131</v>
       </c>
       <c r="G1370" t="s">
-        <v>963</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="1371" spans="1:7">
       <c r="A1371" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1371">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="C1371" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="D1371">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1371" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1371" t="s">
-        <v>131</v>
+        <v>610</v>
       </c>
       <c r="G1371" t="s">
-        <v>2174</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1372" spans="1:7">
       <c r="A1372" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1372">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1372" t="s">
         <v>2175</v>
       </c>
       <c r="D1372">
         <v>1</v>
       </c>
       <c r="E1372" t="s">
         <v>28</v>
       </c>
       <c r="F1372" t="s">
-        <v>611</v>
+        <v>2176</v>
       </c>
       <c r="G1372" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1373" spans="1:7">
       <c r="A1373" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1373">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="C1373" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="D1373">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1373" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1373" t="s">
-        <v>2177</v>
+        <v>793</v>
       </c>
       <c r="G1373" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1374" spans="1:7">
       <c r="A1374" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1374">
         <v>2005</v>
       </c>
       <c r="C1374" t="s">
         <v>2178</v>
       </c>
       <c r="D1374">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1374" t="s">
         <v>9</v>
       </c>
       <c r="F1374" t="s">
-        <v>794</v>
+        <v>1132</v>
       </c>
       <c r="G1374" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="1375" spans="1:7">
       <c r="A1375" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1375">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C1375" t="s">
         <v>2179</v>
       </c>
       <c r="D1375">
         <v>1</v>
       </c>
       <c r="E1375" t="s">
         <v>9</v>
       </c>
       <c r="F1375" t="s">
-        <v>1133</v>
+        <v>999</v>
       </c>
       <c r="G1375" t="s">
-        <v>18</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1376" spans="1:7">
       <c r="A1376" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1376">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C1376" t="s">
         <v>2180</v>
       </c>
       <c r="D1376">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1376" t="s">
         <v>9</v>
       </c>
       <c r="F1376" t="s">
-        <v>1000</v>
+        <v>48</v>
       </c>
       <c r="G1376" t="s">
-        <v>1196</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1377" spans="1:7">
       <c r="A1377" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1377">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="C1377" t="s">
         <v>2181</v>
       </c>
       <c r="D1377">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1377" t="s">
         <v>9</v>
       </c>
       <c r="F1377" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="G1377" t="s">
-        <v>1196</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1378" spans="1:7">
       <c r="A1378" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1378">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1378" t="s">
         <v>2182</v>
       </c>
       <c r="D1378">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1378" t="s">
         <v>9</v>
       </c>
       <c r="F1378" t="s">
-        <v>17</v>
+        <v>545</v>
       </c>
       <c r="G1378" t="s">
-        <v>18</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="1379" spans="1:7">
       <c r="A1379" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1379">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1379" t="s">
         <v>2183</v>
       </c>
       <c r="D1379">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1379" t="s">
         <v>9</v>
       </c>
       <c r="F1379" t="s">
-        <v>546</v>
+        <v>999</v>
       </c>
       <c r="G1379" t="s">
-        <v>1306</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1380" spans="1:7">
       <c r="A1380" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1380">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="C1380" t="s">
         <v>2184</v>
       </c>
       <c r="D1380">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1380" t="s">
-        <v>9</v>
+        <v>481</v>
       </c>
       <c r="F1380" t="s">
-        <v>1000</v>
+        <v>1515</v>
       </c>
       <c r="G1380" t="s">
-        <v>18</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="1381" spans="1:7">
       <c r="A1381" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1381">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="C1381" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="D1381">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E1381" t="s">
-        <v>481</v>
+        <v>39</v>
       </c>
       <c r="F1381" t="s">
-        <v>1516</v>
+        <v>675</v>
       </c>
       <c r="G1381" t="s">
-        <v>2186</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1382" spans="1:7">
       <c r="A1382" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1382">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C1382" t="s">
         <v>2187</v>
       </c>
       <c r="D1382">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1382" t="s">
         <v>39</v>
       </c>
       <c r="F1382" t="s">
-        <v>676</v>
+        <v>343</v>
       </c>
       <c r="G1382" t="s">
-        <v>1196</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1383" spans="1:7">
       <c r="A1383" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1383">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1383" t="s">
         <v>2188</v>
       </c>
       <c r="D1383">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1383" t="s">
         <v>39</v>
       </c>
       <c r="F1383" t="s">
-        <v>343</v>
+        <v>881</v>
       </c>
       <c r="G1383" t="s">
-        <v>1196</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="1384" spans="1:7">
       <c r="A1384" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1384">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C1384" t="s">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="D1384">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1384" t="s">
         <v>39</v>
       </c>
       <c r="F1384" t="s">
-        <v>882</v>
+        <v>576</v>
       </c>
       <c r="G1384" t="s">
-        <v>2190</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="1385" spans="1:7">
       <c r="A1385" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1385">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="C1385" t="s">
         <v>2191</v>
       </c>
       <c r="D1385">
         <v>1</v>
       </c>
       <c r="E1385" t="s">
         <v>39</v>
       </c>
       <c r="F1385" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="G1385" t="s">
-        <v>1306</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="1386" spans="1:7">
       <c r="A1386" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1386">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="C1386" t="s">
         <v>2192</v>
       </c>
       <c r="D1386">
         <v>1</v>
       </c>
       <c r="E1386" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F1386" t="s">
-        <v>577</v>
+        <v>125</v>
       </c>
       <c r="G1386" t="s">
-        <v>2186</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1387" spans="1:7">
       <c r="A1387" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1387">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="C1387" t="s">
         <v>2193</v>
       </c>
       <c r="D1387">
         <v>1</v>
       </c>
       <c r="E1387" t="s">
-        <v>28</v>
+        <v>571</v>
       </c>
       <c r="F1387" t="s">
-        <v>125</v>
+        <v>761</v>
       </c>
       <c r="G1387" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1388" spans="1:7">
       <c r="A1388" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1388">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="C1388" t="s">
         <v>2194</v>
       </c>
       <c r="D1388">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1388" t="s">
-        <v>572</v>
+        <v>9</v>
       </c>
       <c r="F1388" t="s">
-        <v>762</v>
+        <v>140</v>
       </c>
       <c r="G1388" t="s">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1389" spans="1:7">
       <c r="A1389" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1389">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="C1389" t="s">
         <v>2195</v>
       </c>
       <c r="D1389">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E1389" t="s">
         <v>9</v>
       </c>
       <c r="F1389" t="s">
-        <v>140</v>
+        <v>223</v>
       </c>
       <c r="G1389" t="s">
-        <v>175</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="1390" spans="1:7">
       <c r="A1390" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1390">
-        <v>2019</v>
+        <v>2001</v>
       </c>
       <c r="C1390" t="s">
         <v>2196</v>
       </c>
       <c r="D1390">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1390" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1390" t="s">
-        <v>223</v>
+        <v>125</v>
       </c>
       <c r="G1390" t="s">
-        <v>1689</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1391" spans="1:7">
       <c r="A1391" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1391">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="C1391" t="s">
         <v>2197</v>
       </c>
       <c r="D1391">
         <v>1</v>
       </c>
       <c r="E1391" t="s">
         <v>28</v>
       </c>
       <c r="F1391" t="s">
-        <v>125</v>
+        <v>675</v>
       </c>
       <c r="G1391" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1392" spans="1:7">
       <c r="A1392" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1392">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="C1392" t="s">
         <v>2198</v>
       </c>
       <c r="D1392">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1392" t="s">
         <v>28</v>
       </c>
       <c r="F1392" t="s">
-        <v>676</v>
+        <v>1057</v>
       </c>
       <c r="G1392" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1393" spans="1:7">
       <c r="A1393" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1393">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1393" t="s">
         <v>2199</v>
       </c>
       <c r="D1393">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E1393" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1393" t="s">
-        <v>1058</v>
+        <v>140</v>
       </c>
       <c r="G1393" t="s">
-        <v>65</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="1394" spans="1:7">
       <c r="A1394" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1394">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C1394" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="D1394">
         <v>1</v>
       </c>
       <c r="E1394" t="s">
-        <v>9</v>
+        <v>481</v>
       </c>
       <c r="F1394" t="s">
-        <v>140</v>
+        <v>311</v>
       </c>
       <c r="G1394" t="s">
-        <v>2201</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1395" spans="1:7">
       <c r="A1395" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1395">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="C1395" t="s">
         <v>2202</v>
       </c>
       <c r="D1395">
         <v>1</v>
       </c>
       <c r="E1395" t="s">
-        <v>481</v>
+        <v>571</v>
       </c>
       <c r="F1395" t="s">
-        <v>311</v>
+        <v>572</v>
       </c>
       <c r="G1395" t="s">
-        <v>18</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="1396" spans="1:7">
       <c r="A1396" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1396">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="C1396" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
       <c r="D1396">
         <v>1</v>
       </c>
       <c r="E1396" t="s">
-        <v>572</v>
+        <v>9</v>
       </c>
       <c r="F1396" t="s">
-        <v>573</v>
+        <v>1389</v>
       </c>
       <c r="G1396" t="s">
-        <v>2204</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="1397" spans="1:7">
       <c r="A1397" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1397">
-        <v>2016</v>
+        <v>1999</v>
       </c>
       <c r="C1397" t="s">
         <v>2205</v>
       </c>
       <c r="D1397">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1397" t="s">
         <v>9</v>
       </c>
       <c r="F1397" t="s">
-        <v>1390</v>
+        <v>226</v>
       </c>
       <c r="G1397" t="s">
-        <v>2005</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="1398" spans="1:7">
       <c r="A1398" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1398">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="C1398" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
       <c r="D1398">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E1398" t="s">
         <v>9</v>
       </c>
       <c r="F1398" t="s">
-        <v>226</v>
+        <v>125</v>
       </c>
       <c r="G1398" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="1399" spans="1:7">
       <c r="A1399" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1399">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="C1399" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="D1399">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E1399" t="s">
         <v>9</v>
       </c>
       <c r="F1399" t="s">
         <v>125</v>
       </c>
       <c r="G1399" t="s">
-        <v>2209</v>
+        <v>808</v>
       </c>
     </row>
     <row r="1400" spans="1:7">
       <c r="A1400" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1400">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="C1400" t="s">
         <v>2210</v>
       </c>
       <c r="D1400">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1400" t="s">
         <v>9</v>
       </c>
       <c r="F1400" t="s">
-        <v>125</v>
+        <v>382</v>
       </c>
       <c r="G1400" t="s">
-        <v>809</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1401" spans="1:7">
       <c r="A1401" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1401">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C1401" t="s">
         <v>2211</v>
       </c>
       <c r="D1401">
         <v>1</v>
       </c>
       <c r="E1401" t="s">
         <v>9</v>
       </c>
       <c r="F1401" t="s">
-        <v>382</v>
+        <v>1281</v>
       </c>
       <c r="G1401" t="s">
-        <v>18</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1402" spans="1:7">
       <c r="A1402" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1402">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C1402" t="s">
         <v>2212</v>
       </c>
       <c r="D1402">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1402" t="s">
         <v>9</v>
       </c>
       <c r="F1402" t="s">
-        <v>1282</v>
+        <v>385</v>
       </c>
       <c r="G1402" t="s">
-        <v>1261</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="1403" spans="1:7">
       <c r="A1403" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1403">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="C1403" t="s">
         <v>2213</v>
       </c>
       <c r="D1403">
         <v>2</v>
       </c>
       <c r="E1403" t="s">
         <v>9</v>
       </c>
       <c r="F1403" t="s">
-        <v>385</v>
+        <v>834</v>
       </c>
       <c r="G1403" t="s">
-        <v>1175</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="1404" spans="1:7">
       <c r="A1404" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1404">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C1404" t="s">
         <v>2214</v>
       </c>
       <c r="D1404">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1404" t="s">
         <v>9</v>
       </c>
       <c r="F1404" t="s">
-        <v>835</v>
+        <v>385</v>
       </c>
       <c r="G1404" t="s">
-        <v>1306</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="1405" spans="1:7">
       <c r="A1405" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1405">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1405" t="s">
         <v>2215</v>
       </c>
       <c r="D1405">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1405" t="s">
         <v>9</v>
       </c>
       <c r="F1405" t="s">
-        <v>385</v>
+        <v>125</v>
       </c>
       <c r="G1405" t="s">
-        <v>1699</v>
+        <v>469</v>
       </c>
     </row>
     <row r="1406" spans="1:7">
       <c r="A1406" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1406">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1406" t="s">
         <v>2216</v>
       </c>
       <c r="D1406">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E1406" t="s">
         <v>9</v>
       </c>
       <c r="F1406" t="s">
-        <v>125</v>
+        <v>1138</v>
       </c>
       <c r="G1406" t="s">
-        <v>469</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="1407" spans="1:7">
       <c r="A1407" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1407">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1407" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="D1407">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E1407" t="s">
         <v>9</v>
       </c>
       <c r="F1407" t="s">
-        <v>1139</v>
+        <v>489</v>
       </c>
       <c r="G1407" t="s">
-        <v>2218</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1408" spans="1:7">
       <c r="A1408" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1408">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="C1408" t="s">
         <v>2219</v>
       </c>
       <c r="D1408">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E1408" t="s">
         <v>9</v>
       </c>
       <c r="F1408" t="s">
-        <v>489</v>
+        <v>2220</v>
       </c>
       <c r="G1408" t="s">
-        <v>158</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="1409" spans="1:7">
       <c r="A1409" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1409">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="C1409" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="D1409">
         <v>2</v>
       </c>
       <c r="E1409" t="s">
         <v>9</v>
       </c>
       <c r="F1409" t="s">
-        <v>2221</v>
+        <v>681</v>
       </c>
       <c r="G1409" t="s">
-        <v>2222</v>
+        <v>992</v>
       </c>
     </row>
     <row r="1410" spans="1:7">
       <c r="A1410" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1410">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="C1410" t="s">
         <v>2223</v>
       </c>
       <c r="D1410">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1410" t="s">
-        <v>9</v>
+        <v>2224</v>
       </c>
       <c r="F1410" t="s">
-        <v>682</v>
+        <v>2225</v>
       </c>
       <c r="G1410" t="s">
-        <v>993</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1411" spans="1:7">
       <c r="A1411" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1411">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="C1411" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="D1411">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E1411" t="s">
-        <v>2225</v>
+        <v>39</v>
       </c>
       <c r="F1411" t="s">
-        <v>2226</v>
+        <v>519</v>
       </c>
       <c r="G1411" t="s">
-        <v>18</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="1412" spans="1:7">
       <c r="A1412" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1412">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C1412" t="s">
         <v>2227</v>
       </c>
       <c r="D1412">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E1412" t="s">
         <v>39</v>
       </c>
       <c r="F1412" t="s">
-        <v>519</v>
+        <v>2228</v>
       </c>
       <c r="G1412" t="s">
-        <v>1175</v>
+        <v>905</v>
       </c>
     </row>
     <row r="1413" spans="1:7">
       <c r="A1413" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1413">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1413" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="D1413">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1413" t="s">
         <v>39</v>
       </c>
       <c r="F1413" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="G1413" t="s">
-        <v>906</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="1414" spans="1:7">
       <c r="A1414" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1414">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="C1414" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="D1414">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1414" t="s">
         <v>39</v>
       </c>
       <c r="F1414" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="G1414" t="s">
-        <v>1306</v>
+        <v>469</v>
       </c>
     </row>
     <row r="1415" spans="1:7">
       <c r="A1415" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1415">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1415" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="D1415">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1415" t="s">
         <v>39</v>
       </c>
       <c r="F1415" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="G1415" t="s">
-        <v>469</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="1416" spans="1:7">
       <c r="A1416" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1416">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1416" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="D1416">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E1416" t="s">
         <v>39</v>
       </c>
       <c r="F1416" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="G1416" t="s">
-        <v>2218</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1417" spans="1:7">
       <c r="A1417" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1417">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="C1417" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="D1417">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1417" t="s">
         <v>39</v>
       </c>
       <c r="F1417" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="G1417" t="s">
-        <v>158</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1418" spans="1:7">
       <c r="A1418" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1418">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1418" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="D1418">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1418" t="s">
         <v>39</v>
       </c>
       <c r="F1418" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="G1418" t="s">
-        <v>65</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="1419" spans="1:7">
       <c r="A1419" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1419">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="C1419" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="D1419">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E1419" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F1419" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="G1419" t="s">
-        <v>2222</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1420" spans="1:7">
       <c r="A1420" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1420">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C1420" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="D1420">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E1420" t="s">
         <v>9</v>
       </c>
       <c r="F1420" t="s">
-        <v>2243</v>
+        <v>34</v>
       </c>
       <c r="G1420" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="1421" spans="1:7">
       <c r="A1421" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1421">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C1421" t="s">
         <v>2244</v>
       </c>
       <c r="D1421">
         <v>7</v>
       </c>
       <c r="E1421" t="s">
         <v>9</v>
       </c>
       <c r="F1421" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>2245</v>
+      </c>
+      <c r="G1421"/>
     </row>
     <row r="1422" spans="1:7">
       <c r="A1422" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1422">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1422" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="D1422">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="E1422" t="s">
         <v>9</v>
       </c>
       <c r="F1422" t="s">
-        <v>2246</v>
+        <v>2135</v>
       </c>
       <c r="G1422"/>
     </row>
     <row r="1423" spans="1:7">
       <c r="A1423" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1423">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1423" t="s">
         <v>2247</v>
       </c>
       <c r="D1423">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="E1423" t="s">
         <v>9</v>
       </c>
       <c r="F1423" t="s">
-        <v>2136</v>
-[...1 lines deleted...]
-      <c r="G1423"/>
+        <v>999</v>
+      </c>
+      <c r="G1423" t="s">
+        <v>846</v>
+      </c>
     </row>
     <row r="1424" spans="1:7">
       <c r="A1424" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1424">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="C1424" t="s">
         <v>2248</v>
       </c>
       <c r="D1424">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E1424" t="s">
         <v>9</v>
       </c>
       <c r="F1424" t="s">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="G1424" t="s">
-        <v>847</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="1425" spans="1:7">
       <c r="A1425" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1425">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C1425" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="D1425">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E1425" t="s">
         <v>9</v>
       </c>
       <c r="F1425" t="s">
-        <v>1000</v>
+        <v>2251</v>
       </c>
       <c r="G1425" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="1426" spans="1:7">
       <c r="A1426" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1426">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C1426" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="D1426">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E1426" t="s">
         <v>9</v>
       </c>
       <c r="F1426" t="s">
-        <v>2252</v>
+        <v>20</v>
       </c>
       <c r="G1426" t="s">
-        <v>2253</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="1427" spans="1:7">
       <c r="A1427" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1427">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1427" t="s">
         <v>2254</v>
       </c>
       <c r="D1427">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1427" t="s">
         <v>9</v>
       </c>
       <c r="F1427" t="s">
-        <v>20</v>
+        <v>2255</v>
       </c>
       <c r="G1427" t="s">
-        <v>2056</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="1428" spans="1:7">
       <c r="A1428" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1428">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1428" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="D1428">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E1428" t="s">
         <v>9</v>
       </c>
       <c r="F1428" t="s">
-        <v>2256</v>
+        <v>1455</v>
       </c>
       <c r="G1428" t="s">
-        <v>2257</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1429" spans="1:7">
       <c r="A1429" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1429">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1429" t="s">
         <v>2258</v>
       </c>
       <c r="D1429">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1429" t="s">
         <v>9</v>
       </c>
       <c r="F1429" t="s">
-        <v>1456</v>
+        <v>2259</v>
       </c>
       <c r="G1429" t="s">
-        <v>1196</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="1430" spans="1:7">
       <c r="A1430" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1430">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="C1430" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="D1430">
         <v>1</v>
       </c>
       <c r="E1430" t="s">
         <v>9</v>
       </c>
       <c r="F1430" t="s">
-        <v>2260</v>
+        <v>34</v>
       </c>
       <c r="G1430" t="s">
-        <v>2261</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1431" spans="1:7">
       <c r="A1431" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1431">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="C1431" t="s">
         <v>2262</v>
       </c>
       <c r="D1431">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1431" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1431" t="s">
-        <v>34</v>
+        <v>1057</v>
       </c>
       <c r="G1431" t="s">
-        <v>1963</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="1432" spans="1:7">
       <c r="A1432" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1432">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C1432" t="s">
         <v>2263</v>
       </c>
       <c r="D1432">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E1432" t="s">
         <v>39</v>
       </c>
       <c r="F1432" t="s">
-        <v>1058</v>
+        <v>402</v>
       </c>
       <c r="G1432" t="s">
-        <v>2257</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="1433" spans="1:7">
       <c r="A1433" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1433">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="C1433" t="s">
         <v>2264</v>
       </c>
       <c r="D1433">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E1433" t="s">
         <v>39</v>
       </c>
       <c r="F1433" t="s">
-        <v>402</v>
+        <v>576</v>
       </c>
       <c r="G1433" t="s">
-        <v>2261</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="1434" spans="1:7">
       <c r="A1434" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1434">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1434" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="D1434">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1434" t="s">
         <v>39</v>
       </c>
       <c r="F1434" t="s">
-        <v>577</v>
+        <v>1138</v>
       </c>
       <c r="G1434" t="s">
-        <v>2266</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1435" spans="1:7">
       <c r="A1435" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1435">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="C1435" t="s">
         <v>2267</v>
       </c>
       <c r="D1435">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1435" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F1435" t="s">
-        <v>1139</v>
+        <v>2268</v>
       </c>
       <c r="G1435" t="s">
-        <v>1963</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="1436" spans="1:7">
       <c r="A1436" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1436">
-        <v>2013</v>
+        <v>1995</v>
       </c>
       <c r="C1436" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="D1436">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1436" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1436" t="s">
-        <v>2269</v>
+        <v>64</v>
       </c>
       <c r="G1436" t="s">
-        <v>2253</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1437" spans="1:7">
       <c r="A1437" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1437">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="C1437" t="s">
         <v>2270</v>
       </c>
       <c r="D1437">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E1437" t="s">
         <v>9</v>
       </c>
       <c r="F1437" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="G1437" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1438" spans="1:7">
       <c r="A1438" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1438">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="C1438" t="s">
         <v>2271</v>
       </c>
       <c r="D1438">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E1438" t="s">
         <v>9</v>
       </c>
       <c r="F1438" t="s">
-        <v>43</v>
+        <v>200</v>
       </c>
       <c r="G1438" t="s">
-        <v>80</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="1439" spans="1:7">
       <c r="A1439" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1439">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="C1439" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="D1439">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E1439" t="s">
         <v>9</v>
       </c>
       <c r="F1439" t="s">
-        <v>200</v>
+        <v>140</v>
       </c>
       <c r="G1439" t="s">
-        <v>2273</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="1440" spans="1:7">
       <c r="A1440" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1440">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="C1440" t="s">
         <v>2274</v>
       </c>
       <c r="D1440">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="E1440" t="s">
         <v>9</v>
       </c>
       <c r="F1440" t="s">
-        <v>140</v>
+        <v>662</v>
       </c>
       <c r="G1440" t="s">
-        <v>2190</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1441" spans="1:7">
       <c r="A1441" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1441">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="C1441" t="s">
         <v>2275</v>
       </c>
       <c r="D1441">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E1441" t="s">
         <v>9</v>
       </c>
       <c r="F1441" t="s">
-        <v>663</v>
+        <v>79</v>
       </c>
       <c r="G1441" t="s">
-        <v>861</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="1442" spans="1:7">
       <c r="A1442" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1442">
         <v>2008</v>
       </c>
       <c r="C1442" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D1442">
+        <v>1</v>
+      </c>
+      <c r="E1442" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1442" t="s">
+        <v>82</v>
+      </c>
+      <c r="G1442" t="s">
         <v>2276</v>
-      </c>
-[...10 lines deleted...]
-        <v>2277</v>
       </c>
     </row>
     <row r="1443" spans="1:7">
       <c r="A1443" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1443">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="C1443" t="s">
         <v>2278</v>
       </c>
       <c r="D1443">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1443" t="s">
         <v>9</v>
       </c>
       <c r="F1443" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="G1443" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="1444" spans="1:7">
       <c r="A1444" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1444">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="C1444" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="D1444">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E1444" t="s">
         <v>9</v>
       </c>
       <c r="F1444" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="G1444" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="1445" spans="1:7">
       <c r="A1445" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1445">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="C1445" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
       <c r="D1445">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E1445" t="s">
         <v>9</v>
       </c>
       <c r="F1445" t="s">
-        <v>95</v>
+        <v>196</v>
       </c>
       <c r="G1445" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="1446" spans="1:7">
       <c r="A1446" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1446">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="C1446" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="D1446">
         <v>2</v>
       </c>
       <c r="E1446" t="s">
         <v>9</v>
       </c>
       <c r="F1446" t="s">
-        <v>196</v>
+        <v>2285</v>
       </c>
       <c r="G1446" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="1447" spans="1:7">
       <c r="A1447" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1447">
-        <v>2021</v>
+        <v>2005</v>
       </c>
       <c r="C1447" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="D1447">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1447" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F1447" t="s">
-        <v>2286</v>
+        <v>881</v>
       </c>
       <c r="G1447" t="s">
-        <v>2287</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1448" spans="1:7">
       <c r="A1448" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1448">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="C1448" t="s">
         <v>2288</v>
       </c>
       <c r="D1448">
         <v>1</v>
       </c>
       <c r="E1448" t="s">
         <v>42</v>
       </c>
       <c r="F1448" t="s">
-        <v>882</v>
+        <v>315</v>
       </c>
       <c r="G1448" t="s">
-        <v>861</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1449" spans="1:7">
       <c r="A1449" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1449">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="C1449" t="s">
         <v>2289</v>
       </c>
       <c r="D1449">
-        <v>1</v>
+        <v>43</v>
       </c>
       <c r="E1449" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1449" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="G1449"/>
     </row>
     <row r="1450" spans="1:7">
       <c r="A1450" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1450">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="C1450" t="s">
         <v>2290</v>
       </c>
       <c r="D1450">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E1450" t="s">
         <v>9</v>
       </c>
       <c r="F1450" t="s">
         <v>74</v>
       </c>
       <c r="G1450"/>
     </row>
     <row r="1451" spans="1:7">
       <c r="A1451" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1451">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C1451" t="s">
         <v>2291</v>
       </c>
       <c r="D1451">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E1451" t="s">
         <v>9</v>
       </c>
       <c r="F1451" t="s">
         <v>74</v>
       </c>
       <c r="G1451"/>
     </row>
     <row r="1452" spans="1:7">
       <c r="A1452" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1452">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C1452" t="s">
         <v>2292</v>
       </c>
       <c r="D1452">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="E1452" t="s">
         <v>9</v>
       </c>
       <c r="F1452" t="s">
-        <v>74</v>
+        <v>194</v>
       </c>
       <c r="G1452"/>
     </row>
     <row r="1453" spans="1:7">
       <c r="A1453" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1453">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="C1453" t="s">
         <v>2293</v>
       </c>
       <c r="D1453">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="E1453" t="s">
         <v>9</v>
       </c>
       <c r="F1453" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="G1453"/>
+        <v>634</v>
+      </c>
+      <c r="G1453" t="s">
+        <v>860</v>
+      </c>
     </row>
     <row r="1454" spans="1:7">
       <c r="A1454" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1454">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C1454" t="s">
         <v>2294</v>
       </c>
       <c r="D1454">
         <v>12</v>
       </c>
       <c r="E1454" t="s">
         <v>9</v>
       </c>
       <c r="F1454" t="s">
-        <v>635</v>
+        <v>545</v>
       </c>
       <c r="G1454" t="s">
-        <v>861</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="1455" spans="1:7">
       <c r="A1455" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1455">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="C1455" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="D1455">
         <v>12</v>
       </c>
       <c r="E1455" t="s">
         <v>9</v>
       </c>
       <c r="F1455" t="s">
-        <v>546</v>
+        <v>698</v>
       </c>
       <c r="G1455" t="s">
-        <v>2296</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1456" spans="1:7">
       <c r="A1456" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1456">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="C1456" t="s">
         <v>2297</v>
       </c>
       <c r="D1456">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E1456" t="s">
         <v>9</v>
       </c>
       <c r="F1456" t="s">
-        <v>699</v>
+        <v>664</v>
       </c>
       <c r="G1456" t="s">
-        <v>18</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="1457" spans="1:7">
       <c r="A1457" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1457">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="C1457" t="s">
         <v>2298</v>
       </c>
       <c r="D1457">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E1457" t="s">
         <v>9</v>
       </c>
       <c r="F1457" t="s">
-        <v>665</v>
+        <v>55</v>
       </c>
       <c r="G1457" t="s">
-        <v>1444</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1458" spans="1:7">
       <c r="A1458" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1458">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C1458" t="s">
         <v>2299</v>
       </c>
       <c r="D1458">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="E1458" t="s">
         <v>9</v>
       </c>
       <c r="F1458" t="s">
-        <v>55</v>
+        <v>95</v>
       </c>
       <c r="G1458" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1459" spans="1:7">
       <c r="A1459" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1459">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="C1459" t="s">
         <v>2300</v>
       </c>
       <c r="D1459">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E1459" t="s">
         <v>9</v>
       </c>
       <c r="F1459" t="s">
-        <v>95</v>
+        <v>733</v>
       </c>
       <c r="G1459" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1460" spans="1:7">
       <c r="A1460" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1460">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1460" t="s">
         <v>2301</v>
       </c>
       <c r="D1460">
         <v>8</v>
       </c>
       <c r="E1460" t="s">
         <v>9</v>
       </c>
       <c r="F1460" t="s">
-        <v>734</v>
+        <v>26</v>
       </c>
       <c r="G1460" t="s">
-        <v>65</v>
+        <v>632</v>
       </c>
     </row>
     <row r="1461" spans="1:7">
       <c r="A1461" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1461">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1461" t="s">
         <v>2302</v>
       </c>
       <c r="D1461">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E1461" t="s">
         <v>9</v>
       </c>
       <c r="F1461" t="s">
-        <v>26</v>
+        <v>662</v>
       </c>
       <c r="G1461" t="s">
-        <v>633</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="1462" spans="1:7">
       <c r="A1462" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1462">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="C1462" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="D1462">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E1462" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1462" t="s">
-        <v>663</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="G1462"/>
     </row>
     <row r="1463" spans="1:7">
       <c r="A1463" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1463">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="C1463" t="s">
         <v>2305</v>
       </c>
       <c r="D1463">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E1463" t="s">
         <v>28</v>
       </c>
       <c r="F1463" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="G1463"/>
+        <v>20</v>
+      </c>
+      <c r="G1463" t="s">
+        <v>860</v>
+      </c>
     </row>
     <row r="1464" spans="1:7">
       <c r="A1464" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1464">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="C1464" t="s">
         <v>2306</v>
       </c>
       <c r="D1464">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="E1464" t="s">
         <v>28</v>
       </c>
       <c r="F1464" t="s">
         <v>20</v>
       </c>
       <c r="G1464" t="s">
-        <v>861</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1465" spans="1:7">
       <c r="A1465" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1465">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C1465" t="s">
         <v>2307</v>
       </c>
       <c r="D1465">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E1465" t="s">
         <v>28</v>
       </c>
       <c r="F1465" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G1465" t="s">
-        <v>93</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="1466" spans="1:7">
       <c r="A1466" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1466">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="C1466" t="s">
         <v>2308</v>
       </c>
       <c r="D1466">
         <v>10</v>
       </c>
       <c r="E1466" t="s">
         <v>28</v>
       </c>
       <c r="F1466" t="s">
-        <v>17</v>
+        <v>215</v>
       </c>
       <c r="G1466" t="s">
-        <v>1444</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1467" spans="1:7">
       <c r="A1467" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1467">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="C1467" t="s">
         <v>2309</v>
       </c>
       <c r="D1467">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="E1467" t="s">
-        <v>28</v>
+        <v>481</v>
       </c>
       <c r="F1467" t="s">
-        <v>215</v>
+        <v>1992</v>
       </c>
       <c r="G1467" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1468" spans="1:7">
       <c r="A1468" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1468">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="C1468" t="s">
         <v>2310</v>
       </c>
       <c r="D1468">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1468" t="s">
         <v>481</v>
       </c>
       <c r="F1468" t="s">
-        <v>1993</v>
+        <v>343</v>
       </c>
       <c r="G1468" t="s">
-        <v>65</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="1469" spans="1:7">
       <c r="A1469" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1469">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C1469" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="D1469">
         <v>1</v>
       </c>
       <c r="E1469" t="s">
         <v>481</v>
       </c>
       <c r="F1469" t="s">
-        <v>343</v>
+        <v>125</v>
       </c>
       <c r="G1469" t="s">
-        <v>2312</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1470" spans="1:7">
       <c r="A1470" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1470">
-        <v>2015</v>
+        <v>2001</v>
       </c>
       <c r="C1470" t="s">
         <v>2313</v>
       </c>
       <c r="D1470">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E1470" t="s">
-        <v>481</v>
+        <v>39</v>
       </c>
       <c r="F1470" t="s">
-        <v>125</v>
+        <v>29</v>
       </c>
       <c r="G1470" t="s">
-        <v>65</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1471" spans="1:7">
       <c r="A1471" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1471">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C1471" t="s">
         <v>2314</v>
       </c>
       <c r="D1471">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E1471" t="s">
         <v>39</v>
       </c>
       <c r="F1471" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="G1471" t="s">
-        <v>861</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="1472" spans="1:7">
       <c r="A1472" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1472">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="C1472" t="s">
         <v>2315</v>
       </c>
       <c r="D1472">
         <v>12</v>
       </c>
       <c r="E1472" t="s">
         <v>39</v>
       </c>
       <c r="F1472" t="s">
-        <v>324</v>
+        <v>29</v>
       </c>
       <c r="G1472" t="s">
-        <v>2296</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1473" spans="1:7">
       <c r="A1473" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1473">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="C1473" t="s">
         <v>2316</v>
       </c>
       <c r="D1473">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E1473" t="s">
         <v>39</v>
       </c>
       <c r="F1473" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G1473" t="s">
-        <v>18</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="1474" spans="1:7">
       <c r="A1474" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1474">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="C1474" t="s">
         <v>2317</v>
       </c>
       <c r="D1474">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E1474" t="s">
         <v>39</v>
       </c>
       <c r="F1474" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="G1474" t="s">
-        <v>1444</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1475" spans="1:7">
       <c r="A1475" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1475">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="C1475" t="s">
         <v>2318</v>
       </c>
       <c r="D1475">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E1475" t="s">
         <v>39</v>
       </c>
       <c r="F1475" t="s">
-        <v>48</v>
+        <v>315</v>
       </c>
       <c r="G1475" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1476" spans="1:7">
       <c r="A1476" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1476">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1476" t="s">
         <v>2319</v>
       </c>
       <c r="D1476">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E1476" t="s">
         <v>39</v>
       </c>
       <c r="F1476" t="s">
-        <v>315</v>
+        <v>399</v>
       </c>
       <c r="G1476" t="s">
-        <v>65</v>
+        <v>632</v>
       </c>
     </row>
     <row r="1477" spans="1:7">
       <c r="A1477" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1477">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C1477" t="s">
         <v>2320</v>
       </c>
       <c r="D1477">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E1477" t="s">
         <v>39</v>
       </c>
       <c r="F1477" t="s">
-        <v>399</v>
+        <v>31</v>
       </c>
       <c r="G1477" t="s">
-        <v>633</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="1478" spans="1:7">
       <c r="A1478" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1478">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="C1478" t="s">
         <v>2321</v>
       </c>
       <c r="D1478">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="E1478" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F1478" t="s">
-        <v>31</v>
+        <v>495</v>
       </c>
       <c r="G1478" t="s">
-        <v>2304</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1479" spans="1:7">
       <c r="A1479" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1479">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C1479" t="s">
         <v>2322</v>
       </c>
       <c r="D1479">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E1479" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1479" t="s">
-        <v>495</v>
+        <v>194</v>
       </c>
       <c r="G1479" t="s">
-        <v>65</v>
+        <v>947</v>
       </c>
     </row>
     <row r="1480" spans="1:7">
       <c r="A1480" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1480">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="C1480" t="s">
         <v>2323</v>
       </c>
       <c r="D1480">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E1480" t="s">
         <v>9</v>
       </c>
       <c r="F1480" t="s">
-        <v>194</v>
+        <v>55</v>
       </c>
       <c r="G1480" t="s">
-        <v>948</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1481" spans="1:7">
       <c r="A1481" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1481">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C1481" t="s">
         <v>2324</v>
       </c>
       <c r="D1481">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="E1481" t="s">
         <v>9</v>
       </c>
       <c r="F1481" t="s">
-        <v>55</v>
+        <v>300</v>
       </c>
       <c r="G1481" t="s">
-        <v>756</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="1482" spans="1:7">
       <c r="A1482" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1482">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C1482" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="D1482">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="E1482" t="s">
         <v>9</v>
       </c>
       <c r="F1482" t="s">
-        <v>300</v>
+        <v>223</v>
       </c>
       <c r="G1482" t="s">
-        <v>2326</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1483" spans="1:7">
       <c r="A1483" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1483">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="C1483" t="s">
         <v>2327</v>
       </c>
       <c r="D1483">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="E1483" t="s">
         <v>9</v>
       </c>
       <c r="F1483" t="s">
-        <v>223</v>
+        <v>409</v>
       </c>
       <c r="G1483" t="s">
-        <v>65</v>
+        <v>487</v>
       </c>
     </row>
     <row r="1484" spans="1:7">
       <c r="A1484" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1484">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C1484" t="s">
         <v>2328</v>
       </c>
       <c r="D1484">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="E1484" t="s">
         <v>9</v>
       </c>
       <c r="F1484" t="s">
-        <v>409</v>
+        <v>79</v>
       </c>
       <c r="G1484" t="s">
-        <v>487</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="1485" spans="1:7">
       <c r="A1485" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1485">
-        <v>2019</v>
+        <v>2003</v>
       </c>
       <c r="C1485" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="D1485">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E1485" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1485" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="G1485" t="s">
-        <v>2330</v>
+        <v>947</v>
       </c>
     </row>
     <row r="1486" spans="1:7">
       <c r="A1486" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1486">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="C1486" t="s">
         <v>2331</v>
       </c>
       <c r="D1486">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1486" t="s">
         <v>28</v>
       </c>
       <c r="F1486" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="G1486" t="s">
-        <v>948</v>
+        <v>597</v>
       </c>
     </row>
     <row r="1487" spans="1:7">
       <c r="A1487" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1487">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="C1487" t="s">
         <v>2332</v>
       </c>
       <c r="D1487">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E1487" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F1487" t="s">
-        <v>23</v>
+        <v>427</v>
       </c>
       <c r="G1487" t="s">
-        <v>598</v>
+        <v>487</v>
       </c>
     </row>
     <row r="1488" spans="1:7">
       <c r="A1488" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1488">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C1488" t="s">
         <v>2333</v>
       </c>
       <c r="D1488">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="E1488" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F1488" t="s">
-        <v>427</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="G1488"/>
     </row>
     <row r="1489" spans="1:7">
       <c r="A1489" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1489">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="C1489" t="s">
         <v>2334</v>
       </c>
       <c r="D1489">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="E1489" t="s">
         <v>9</v>
       </c>
       <c r="F1489" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="G1489"/>
+        <v>393</v>
+      </c>
+      <c r="G1489" t="s">
+        <v>1677</v>
+      </c>
     </row>
     <row r="1490" spans="1:7">
       <c r="A1490" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1490">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C1490" t="s">
         <v>2335</v>
       </c>
       <c r="D1490">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E1490" t="s">
         <v>9</v>
       </c>
       <c r="F1490" t="s">
-        <v>393</v>
+        <v>192</v>
       </c>
       <c r="G1490" t="s">
-        <v>1678</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="1491" spans="1:7">
       <c r="A1491" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1491">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1491" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="D1491">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1491" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1491" t="s">
-        <v>192</v>
+        <v>240</v>
       </c>
       <c r="G1491" t="s">
-        <v>2337</v>
+        <v>601</v>
       </c>
     </row>
     <row r="1492" spans="1:7">
       <c r="A1492" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1492">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C1492" t="s">
         <v>2338</v>
       </c>
       <c r="D1492">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1492" t="s">
-        <v>28</v>
+        <v>481</v>
       </c>
       <c r="F1492" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="G1492" t="s">
-        <v>602</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="1493" spans="1:7">
       <c r="A1493" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1493">
         <v>2019</v>
       </c>
       <c r="C1493" t="s">
         <v>2339</v>
       </c>
       <c r="D1493">
         <v>2</v>
       </c>
       <c r="E1493" t="s">
         <v>481</v>
       </c>
       <c r="F1493" t="s">
-        <v>215</v>
+        <v>1770</v>
       </c>
       <c r="G1493" t="s">
-        <v>2017</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="1494" spans="1:7">
       <c r="A1494" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1494">
-        <v>2019</v>
+        <v>2000</v>
       </c>
       <c r="C1494" t="s">
         <v>2340</v>
       </c>
       <c r="D1494">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1494" t="s">
-        <v>481</v>
+        <v>9</v>
       </c>
       <c r="F1494" t="s">
-        <v>1771</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="G1494"/>
     </row>
     <row r="1495" spans="1:7">
       <c r="A1495" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1495">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="C1495" t="s">
         <v>2341</v>
       </c>
       <c r="D1495">
         <v>1</v>
       </c>
       <c r="E1495" t="s">
         <v>9</v>
       </c>
       <c r="F1495" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="G1495"/>
+        <v>61</v>
+      </c>
+      <c r="G1495" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="1496" spans="1:7">
       <c r="A1496" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1496">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="C1496" t="s">
         <v>2342</v>
       </c>
       <c r="D1496">
         <v>1</v>
       </c>
       <c r="E1496" t="s">
         <v>9</v>
       </c>
       <c r="F1496" t="s">
-        <v>61</v>
+        <v>177</v>
       </c>
       <c r="G1496" t="s">
-        <v>149</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1497" spans="1:7">
       <c r="A1497" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1497">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="C1497" t="s">
         <v>2343</v>
       </c>
       <c r="D1497">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1497" t="s">
         <v>9</v>
       </c>
       <c r="F1497" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="G1497" t="s">
-        <v>861</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="1498" spans="1:7">
       <c r="A1498" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1498">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="C1498" t="s">
         <v>2344</v>
       </c>
       <c r="D1498">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1498" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1498" t="s">
-        <v>196</v>
+        <v>843</v>
       </c>
       <c r="G1498" t="s">
-        <v>1448</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1499" spans="1:7">
       <c r="A1499" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1499">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="C1499" t="s">
         <v>2345</v>
       </c>
       <c r="D1499">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E1499" t="s">
         <v>28</v>
       </c>
       <c r="F1499" t="s">
-        <v>844</v>
+        <v>742</v>
       </c>
       <c r="G1499" t="s">
-        <v>93</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1500" spans="1:7">
       <c r="A1500" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1500">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="C1500" t="s">
         <v>2346</v>
       </c>
       <c r="D1500">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E1500" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F1500" t="s">
-        <v>743</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="G1500"/>
     </row>
     <row r="1501" spans="1:7">
       <c r="A1501" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1501">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="C1501" t="s">
         <v>2347</v>
       </c>
       <c r="D1501">
         <v>1</v>
       </c>
       <c r="E1501" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F1501" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G1501"/>
+        <v>240</v>
+      </c>
+      <c r="G1501" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="1502" spans="1:7">
       <c r="A1502" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1502">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C1502" t="s">
         <v>2348</v>
       </c>
       <c r="D1502">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1502" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1502" t="s">
-        <v>240</v>
+        <v>194</v>
       </c>
       <c r="G1502" t="s">
-        <v>18</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="1503" spans="1:7">
       <c r="A1503" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1503">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="C1503" t="s">
         <v>2349</v>
       </c>
       <c r="D1503">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="E1503" t="s">
         <v>9</v>
       </c>
       <c r="F1503" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="G1503" t="s">
-        <v>1444</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="1504" spans="1:7">
       <c r="A1504" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B1504">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C1504" t="s">
         <v>2350</v>
       </c>
       <c r="D1504">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E1504" t="s">
         <v>9</v>
       </c>
       <c r="F1504" t="s">
         <v>172</v>
       </c>
       <c r="G1504" t="s">
-        <v>1018</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="1505" spans="1:7">
       <c r="A1505" t="s">
-        <v>1485</v>
+        <v>2351</v>
       </c>
       <c r="B1505">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="C1505" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="D1505">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="E1505" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F1505" t="s">
-        <v>172</v>
+        <v>55</v>
       </c>
       <c r="G1505" t="s">
-        <v>1053</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1506" spans="1:7">
       <c r="A1506" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1506">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1506" t="s">
         <v>2353</v>
       </c>
       <c r="D1506">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E1506" t="s">
         <v>28</v>
       </c>
       <c r="F1506" t="s">
-        <v>55</v>
+        <v>2354</v>
       </c>
       <c r="G1506" t="s">
-        <v>93</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="1507" spans="1:7">
       <c r="A1507" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1507">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="C1507" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="D1507">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E1507" t="s">
         <v>28</v>
       </c>
       <c r="F1507" t="s">
-        <v>2355</v>
+        <v>79</v>
       </c>
       <c r="G1507" t="s">
-        <v>2356</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1508" spans="1:7">
       <c r="A1508" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1508">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C1508" t="s">
         <v>2357</v>
       </c>
       <c r="D1508">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E1508" t="s">
         <v>28</v>
       </c>
       <c r="F1508" t="s">
         <v>79</v>
       </c>
       <c r="G1508" t="s">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1509" spans="1:7">
       <c r="A1509" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1509">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C1509" t="s">
         <v>2358</v>
       </c>
       <c r="D1509">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1509" t="s">
         <v>28</v>
       </c>
       <c r="F1509" t="s">
         <v>79</v>
       </c>
-      <c r="G1509" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G1509"/>
     </row>
     <row r="1510" spans="1:7">
       <c r="A1510" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1510">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="C1510" t="s">
         <v>2359</v>
       </c>
       <c r="D1510">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E1510" t="s">
         <v>28</v>
       </c>
       <c r="F1510" t="s">
         <v>79</v>
       </c>
-      <c r="G1510"/>
+      <c r="G1510" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="1511" spans="1:7">
       <c r="A1511" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1511">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="C1511" t="s">
         <v>2360</v>
       </c>
       <c r="D1511">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="E1511" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F1511" t="s">
-        <v>79</v>
+        <v>616</v>
       </c>
       <c r="G1511" t="s">
-        <v>80</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="1512" spans="1:7">
       <c r="A1512" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1512">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C1512" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="D1512">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E1512" t="s">
         <v>9</v>
       </c>
       <c r="F1512" t="s">
-        <v>617</v>
+        <v>259</v>
       </c>
       <c r="G1512" t="s">
-        <v>2362</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1513" spans="1:7">
       <c r="A1513" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1513">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1513" t="s">
         <v>2363</v>
       </c>
       <c r="D1513">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="E1513" t="s">
         <v>9</v>
       </c>
       <c r="F1513" t="s">
-        <v>259</v>
+        <v>131</v>
       </c>
       <c r="G1513" t="s">
-        <v>290</v>
+        <v>322</v>
       </c>
     </row>
     <row r="1514" spans="1:7">
       <c r="A1514" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1514">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C1514" t="s">
         <v>2364</v>
       </c>
       <c r="D1514">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="E1514" t="s">
         <v>9</v>
       </c>
       <c r="F1514" t="s">
-        <v>131</v>
+        <v>250</v>
       </c>
       <c r="G1514" t="s">
-        <v>322</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="1515" spans="1:7">
       <c r="A1515" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1515">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1515" t="s">
         <v>2365</v>
       </c>
       <c r="D1515">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E1515" t="s">
         <v>9</v>
       </c>
       <c r="F1515" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="G1515" t="s">
-        <v>1834</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="1516" spans="1:7">
       <c r="A1516" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1516">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C1516" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="D1516">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="E1516" t="s">
         <v>9</v>
       </c>
       <c r="F1516" t="s">
-        <v>259</v>
+        <v>2368</v>
       </c>
       <c r="G1516" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="1517" spans="1:7">
       <c r="A1517" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1517">
         <v>2020</v>
       </c>
       <c r="C1517" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="D1517">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="E1517" t="s">
         <v>9</v>
       </c>
       <c r="F1517" t="s">
-        <v>2369</v>
+        <v>259</v>
       </c>
       <c r="G1517" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="1518" spans="1:7">
       <c r="A1518" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1518">
         <v>2020</v>
       </c>
       <c r="C1518" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="D1518">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="E1518" t="s">
         <v>9</v>
       </c>
       <c r="F1518" t="s">
-        <v>259</v>
+        <v>131</v>
       </c>
       <c r="G1518" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="1519" spans="1:7">
       <c r="A1519" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1519">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C1519" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="D1519">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E1519" t="s">
         <v>9</v>
       </c>
       <c r="F1519" t="s">
         <v>131</v>
       </c>
       <c r="G1519" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="1520" spans="1:7">
       <c r="A1520" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1520">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C1520" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="D1520">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="E1520" t="s">
         <v>9</v>
       </c>
       <c r="F1520" t="s">
-        <v>131</v>
+        <v>67</v>
       </c>
       <c r="G1520" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="1521" spans="1:7">
       <c r="A1521" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1521">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="C1521" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="D1521">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="E1521" t="s">
         <v>9</v>
       </c>
       <c r="F1521" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="G1521"/>
     </row>
     <row r="1522" spans="1:7">
       <c r="A1522" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1522">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="C1522" t="s">
         <v>2379</v>
       </c>
       <c r="D1522">
         <v>1</v>
       </c>
       <c r="E1522" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F1522" t="s">
-        <v>217</v>
+        <v>1473</v>
       </c>
       <c r="G1522"/>
     </row>
     <row r="1523" spans="1:7">
       <c r="A1523" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="B1523">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="C1523" t="s">
         <v>2380</v>
       </c>
       <c r="D1523">
         <v>1</v>
       </c>
       <c r="E1523" t="s">
         <v>39</v>
       </c>
       <c r="F1523" t="s">
-        <v>1474</v>
+        <v>2381</v>
       </c>
       <c r="G1523"/>
-    </row>
-[...19 lines deleted...]
-      <c r="G1524"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -43640,51 +43616,50 @@
     <hyperlink ref="C1499" r:id="rId_hyperlink_1498"/>
     <hyperlink ref="C1500" r:id="rId_hyperlink_1499"/>
     <hyperlink ref="C1501" r:id="rId_hyperlink_1500"/>
     <hyperlink ref="C1502" r:id="rId_hyperlink_1501"/>
     <hyperlink ref="C1503" r:id="rId_hyperlink_1502"/>
     <hyperlink ref="C1504" r:id="rId_hyperlink_1503"/>
     <hyperlink ref="C1505" r:id="rId_hyperlink_1504"/>
     <hyperlink ref="C1506" r:id="rId_hyperlink_1505"/>
     <hyperlink ref="C1507" r:id="rId_hyperlink_1506"/>
     <hyperlink ref="C1508" r:id="rId_hyperlink_1507"/>
     <hyperlink ref="C1509" r:id="rId_hyperlink_1508"/>
     <hyperlink ref="C1510" r:id="rId_hyperlink_1509"/>
     <hyperlink ref="C1511" r:id="rId_hyperlink_1510"/>
     <hyperlink ref="C1512" r:id="rId_hyperlink_1511"/>
     <hyperlink ref="C1513" r:id="rId_hyperlink_1512"/>
     <hyperlink ref="C1514" r:id="rId_hyperlink_1513"/>
     <hyperlink ref="C1515" r:id="rId_hyperlink_1514"/>
     <hyperlink ref="C1516" r:id="rId_hyperlink_1515"/>
     <hyperlink ref="C1517" r:id="rId_hyperlink_1516"/>
     <hyperlink ref="C1518" r:id="rId_hyperlink_1517"/>
     <hyperlink ref="C1519" r:id="rId_hyperlink_1518"/>
     <hyperlink ref="C1520" r:id="rId_hyperlink_1519"/>
     <hyperlink ref="C1521" r:id="rId_hyperlink_1520"/>
     <hyperlink ref="C1522" r:id="rId_hyperlink_1521"/>
     <hyperlink ref="C1523" r:id="rId_hyperlink_1522"/>
-    <hyperlink ref="C1524" r:id="rId_hyperlink_1523"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>